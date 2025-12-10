--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -337,97 +337,97 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Борівська загальноосвітня школа І-ІІ ступенів №2 - філія Окружного опорного закладу "Борівська загальноосвітня школа І-ІІІ ступенів №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139813</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Борівська ЗОШ І-ІІ ступенів №2 - філія ООЗ "Борівська ЗОШ І-ІІІ ст. №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6321055100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Борова, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 49</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63040050010023832</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Ізюмський р-н, с-ще Борова</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05759)67223</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bor_zosh2@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Проскуріна Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">