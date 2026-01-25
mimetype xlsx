--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$11</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y13"/>
+  <dimension ref="A1:Y11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -404,143 +404,143 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)9445159</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>boguslavka_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://bog-zoh.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Проскуріна Ольга Анатоліївна</t>
+          <t>Директор Дмитренко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Борівська загальноосвітня школа І-ІІ ступенів №2 - філія Окружного опорного закладу "Борівська загальноосвітня школа І-ІІІ ступенів №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>139813</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Борівська ЗОШ І-ІІ ступенів №2 - філія ООЗ "Борівська ЗОШ І-ІІІ ст. №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6321055100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Борова, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 49</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63040050010023832</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Ізюмський р-н, с-ще Борова</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05759)67223</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>bor_zosh2@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Проскуріна Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
@@ -654,1054 +654,832 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Вищесолоненська загальноосвітня школа І-ІІ ступенів - філія Окружного опорного закладу "Борівська загальноосвітня школа І-ІІІ ступенів №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
+          <t>Гороховатська загальноосвітня школа I-IIІ ступенів Борівської селищної ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>141394</v>
+        <v>139544</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Вищесолоненська ЗОШ І-ІІ ст. - філія ООЗ "Борівська ЗОШ І-ІІІ ст. №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
+          <t>Гороховатська ЗОШ І-ІІІ ст. БСР</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
-          <t>6321081001</t>
+          <t>6321081501</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
-          <t>с. Вище Солоне, Борівський район, Харківська область</t>
+          <t>с. Гороховатка, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 82Б</t>
+          <t>вулиця Миру, 6-А</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
-          <t>UA63040050080050507</t>
+          <t>UA63040050120042348</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
-          <t>Харківська обл., Ізюмський р-н, с. Вище Солоне</t>
+          <t>Харківська обл., Ізюмський р-н, с. Гороховатка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(066)8101219</t>
+          <t>(099)4177747</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>solona_school@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S5" s="4"/>
+          <t>goroxovatka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S5" s="4" t="inlineStr">
+        <is>
+          <t>gorohovatka.io.ua</t>
+        </is>
+      </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Коробка Ольга Григорівна</t>
+          <t>Директор Таранова Тетяна Василівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Гороховатська загальноосвітня школа I-IIІ ступенів Борівської селищної ради</t>
+          <t>Ізюмський ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>139544</v>
+        <v>138680</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Гороховатська ЗОШ І-ІІІ ст. БСР</t>
+          <t>Ізюмський лiцей БСР</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>6321081501</t>
+          <t>6321082001</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
-          <t>с. Гороховатка, Борівський район, Харківська область</t>
+          <t>с. Ізюмське, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 6-А</t>
+          <t>провулок Партизанський, 11</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA63040050120042348</t>
+          <t>UA63040050160095099</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
-          <t>Харківська обл., Ізюмський р-н, с. Гороховатка</t>
+          <t>Харківська обл., Ізюмський р-н, с. Ізюмське</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(099)4177747</t>
+          <t>(099)7745778</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>goroxovatka@ukr.net</t>
+          <t>izum_school@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>gorohovatka.io.ua</t>
+          <t>izumske.at.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Таранова Тетяна Василівна</t>
+          <t>Директор Титаренко Світлана Денисівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Ізюмський ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
+          <t>Першотравневий ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>138680</v>
+        <v>139147</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Ізюмський лiцей БСР</t>
+          <t>Першотравневий лiцей БСР</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>6321082001</t>
+          <t>6321082501</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
-          <t>с. Ізюмське, Борівський район, Харківська область</t>
+          <t>с-ще Першотравневе, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>провулок Партизанський, 11</t>
+          <t>вулиця Шкільна, 12</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA63040050160095099</t>
+          <t>UA63040050380056184</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
-          <t>Харківська обл., Ізюмський р-н, с. Ізюмське</t>
+          <t>Харківська обл., Ізюмський р-н, с-ще Степи</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(099)7745778</t>
+          <t>(066)0186273</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>izum_school@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>1maj@i.ua</t>
+        </is>
+      </c>
+      <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Титаренко Світлана Денисівна</t>
+          <t>Директор Лукомський Сергій Петрович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Першотравневий ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
+          <t>Підвисочанський ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>139147</v>
+        <v>138711</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Першотравневий лiцей БСР</t>
+          <t>Пiдвисочанський лiцей БСР</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>6321082501</t>
+          <t>6321083501</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
-          <t>с-ще Першотравневе, Борівський район, Харківська область</t>
+          <t>с. Підвисоке, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 12</t>
+          <t>вулиця Запорожченка, 21-а</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA63040050380056184</t>
+          <t>UA63040050300079200</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
-          <t>Харківська обл., Ізюмський р-н, с-ще Степи</t>
+          <t>Харківська обл., Ізюмський р-н, с. Підвисоке</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(066)0186273</t>
+          <t>(099)666-45-54</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>1maj@i.ua</t>
-[...2 lines deleted...]
-      <c r="S8" s="4"/>
+          <t>padvisoke@ukr.net</t>
+        </is>
+      </c>
+      <c r="S8" s="4" t="inlineStr">
+        <is>
+          <t>http://padvisoke.wix.com/school</t>
+        </is>
+      </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Лукомський Сергій Петрович</t>
+          <t>Директор Матвієнко Василь Васильович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Підвисочанський ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
+          <t>Підлиманська гімназія з початковою школою - філія Опорного закладу "Борівський ліцей (із внутрішніми структурними підрозділами та філіями)" Борівської селищної ради Ізюмського району Харківської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>138711</v>
+        <v>141399</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Пiдвисочанський лiцей БСР</t>
+          <t>Підлиманська гімназія - філія ОЗ "Борівський ліцей" БСР</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>6321083501</t>
+          <t>6321084001</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>с. Підвисоке, Борівський район, Харківська область</t>
+          <t>с. Підлиман, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Запорожченка, 21-а</t>
+          <t>вулиця Валентина Хорса, 79-а</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA63040050300079200</t>
+          <t>UA63040050310069107</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Харківська обл., Ізюмський р-н, с. Підвисоке</t>
+          <t>Харківська обл., Ізюмський р-н, с. Підлиман</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(099)666-45-54</t>
+          <t>(05759)63705</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>padvisoke@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>podliman.school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Волчкова Олена Олександрівна</t>
+          <t>Завідувач філією Шокало Юлія Олексіївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Підлиманська загальноосвітня школа І-ІІ ступенів - філія Окружного опорного закладу "Борівська загальноосвітня школа І-ІІІ ступенів №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
+          <t>Піско-Радьківський ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>141399</v>
+        <v>138681</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Підлиманська ЗОШ І-ІІ ступенів - філія ООЗ "Борівська ЗОШ І-ІІІ ст. №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
+          <t>Піско-Радьківський лiцей БСР</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>6321084001</t>
+          <t>6321083001</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Підлиман, Борівський район, Харківська область</t>
+          <t>с. Піски-Радьківські, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кузнецова, 79-а</t>
+          <t>вулиця Центральна, 4</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA63040050310069107</t>
+          <t>UA63040050320022251</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
-          <t>Харківська обл., Ізюмський р-н, с. Підлиман</t>
+          <t>Харківська обл., Ізюмський р-н, с. Піски-Радьківські</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(05759)63705</t>
+          <t>(05759)64243</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>podliman.school@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S10" s="4"/>
+          <t>peskischool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S10" s="4" t="inlineStr">
+        <is>
+          <t>peskischool.pp.ua</t>
+        </is>
+      </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Шокало Юлія Олексіївна</t>
+          <t>Директор Русанова Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Піско-Радьківський ліцей (із структурними підрозділами) Борівської селищної ради Ізюмського району Харківської області</t>
+          <t>Чернещинський навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" Борівської селищної ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>138681</v>
+        <v>139545</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Піско-Радьківський лiцей БСР</t>
+          <t>Чернещинський НВК БСР</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>6321083001</t>
+          <t>6321084501</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Піски-Радьківські, Борівський район, Харківська область</t>
+          <t>с. Чернещина, Борівський район, Харківська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 4</t>
+          <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA63040050320022251</t>
+          <t>UA63040050350068101</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Харківська обл., Ізюмський р-н, с. Піски-Радьківські</t>
+          <t>Харківська обл., Ізюмський р-н, с. Чернещина</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(05759)64243</t>
+          <t>(095)501-84-83</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>peskischool@gmail.com</t>
+          <t>cher-nvk1@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>peskischool.pp.ua</t>
+          <t>cherneshcyna-nv.at.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Русанова Людмила Леонідівна</t>
+          <t>Директор Сало Олена Євгенівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
-[...224 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y13"/>
+  <autoFilter ref="A1:Y11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>