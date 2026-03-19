--- v0 (2025-12-17)
+++ v1 (2026-03-19)
@@ -622,51 +622,51 @@
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Богодухівський р-н, м. Богодухів</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Богодухівської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05758)33201</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>blic3@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Заяц Ірина Сергіївна</t>
+          <t>Директор Бірюкова Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">