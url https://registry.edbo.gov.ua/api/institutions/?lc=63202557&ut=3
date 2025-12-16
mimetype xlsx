--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63040150010069203</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Ізюмський р-н, с-ще Савинці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Савинська селищна рада Ізюмського району Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(050)6182430</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>balasav2@ukr.net</t>
+          <t>savvilia2024_neu@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://www.savyntsi-school2.edu.kh.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Харченко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>