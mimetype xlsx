--- v0 (2025-10-22)
+++ v1 (2026-02-14)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>мікрорайон 1/2, 41</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-21-55</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>10dc@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://10dc36.wixsite.com/10dnz</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Мікуліна Людмила Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>мікрорайон 3, 35-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-41-74</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>14dc@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://pervomayskyi-dnz14.kh.sch.in.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Кльофас Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -609,51 +609,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>мікрорайон 4, 26-А</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-40-32</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>16dc@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://pervomayskyi-dnz16.kh.sch.in.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Губанова Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -722,51 +722,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>мікрорайон 6, 9</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-31-30</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>17dc@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://pervomayskyi-dnz17.kh.sch.in.ua/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Колованова Іраїда Миколаївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -835,51 +835,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Кільцева, 12</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-34-89</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>4dc_@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://pervomayskyi-dnz4.kh.sch.in.ua/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Чистопрудова Аліна Володимирівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
@@ -948,51 +948,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>мікрорайон 1/2, 76</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-33-56</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>5dc@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://www.pervomayskyi-dnz5.kh.sch.in.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Кофан Світлана Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>