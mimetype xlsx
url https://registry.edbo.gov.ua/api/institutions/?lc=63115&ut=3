--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 2-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-23-21</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>licey02perv@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>zosh2.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Жовновацький Сергій Вікторович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Спортивна, 34</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-32-58</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>pg3pmr@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium-3.wix.com/edu-ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Сухарєва Олена Сергіївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -609,51 +609,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Кіндратьєва, 5</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-32-31</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>school-5p@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://lyceum-5.eddy.school/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Стоцька Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -722,51 +722,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Кіндратьєва, 6</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-43-11</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>psh6_21@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>pervlyceum6.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Єрмоленко Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -835,51 +835,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Первомайський, Харківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>мікрорайон 4, 21-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA63100090010068250</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Лозівський р-н, м. Златопіль</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Первомайської міської ради Харківської області</t>
+          <t>Відділ освіти виконавчого комітету Златопільської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(057)48-3-23-45</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>tgw7@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>lyceumseven.wixsite.com</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Погорєлова Галина Валеріївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>