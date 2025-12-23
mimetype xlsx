--- v0 (2025-10-28)
+++ v1 (2025-12-23)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05742)64135</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lic_08_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://zosh12.kupyansk.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Манько Любов Михайлівна</t>
+          <t>Директор - - -</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -625,51 +625,51 @@
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Куп’янський р-н, с-ще Ківшарівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05742)65614</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>lic_09_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://school11.vercel.app/</t>
+          <t>http://kup9.licey.org.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Лаптєва Наталія Іванівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>