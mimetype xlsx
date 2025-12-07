--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05742)64135</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lic_08_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://zosh12.kupyansk.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Манько Любов Михайлівна</t>
+          <t>Директор - - -</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -625,51 +625,51 @@
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., Куп’янський р-н, с-ще Ківшарівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05742)65614</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>lic_09_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://school11.vercel.app/</t>
+          <t>http://kup9.licey.org.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Лаптєва Наталія Іванівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1082,51 +1082,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(05742)53594</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>lic_02_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://zosh6.kupyansk.info</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Піщик Олександр Анатолійович</t>
+          <t>Директор - -</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1195,51 +1195,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(05742)5-74-55</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>lic_05_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://zosh4.kupyansk.info</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Кургузов Олександр Ігоревич</t>
+          <t>Директор - -</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1308,51 +1308,51 @@
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(05742)5-51-94</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>lic_06_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium1.kupyansk.info</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Прасолов Ігор Васильович</t>
+          <t>Директор - -</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -1421,51 +1421,51 @@
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Куп'янської міської ради Харківської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(05742)5-36-46</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>lic_07_kmr@oda.kh.gov.ua</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>nvk2.kupyansk.info</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Кобиза Олександр Володимирович</t>
+          <t>Директор - -</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">