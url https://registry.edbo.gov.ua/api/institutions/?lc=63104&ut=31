--- v0 (2025-10-22)
+++ v1 (2025-12-11)
@@ -379,51 +379,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця 4Серпня, 25</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057-43)5-79-84</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>idnz.10.alla@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://idnz10.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -488,51 +488,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Грабовського, 3</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05743)58214</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>egorova.idnz12@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://izium-dnz12.edu.kh.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -597,51 +597,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Педагогічна, 5</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>izum_idnz14@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://idnz14.ucoz.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
@@ -702,51 +702,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>проспект Незалежності, 38-А</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(05743)58416</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>idnz16izum@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://sadokizum16.klasna.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -811,51 +811,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця 5Лютого, 33-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05743)54086</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>dzerelce17@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>dzerelce17@ukr.net</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
@@ -920,51 +920,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Педагогічна, 3</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>0951871046</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>idnz2izum@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>sadokizum2.klasna.com</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
@@ -1029,51 +1029,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>проспект Незалежності, 29А</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>0501431408</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>idnz75@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://idnz4.klasna.com/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
@@ -1138,51 +1138,51 @@
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>провулок Московський, 11</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>09554540653</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>idnz6@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://sadok6izyim.klasna.com/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
@@ -1247,51 +1247,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкінська, 81</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(095)8525512</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>idnz_13@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>idnz13.klasna.com</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
@@ -1356,51 +1356,51 @@
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Васильківського, 1</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(050)6990289</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>idnz_9@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>9idnz.klasna.com</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>