--- v0 (2025-10-14)
+++ v1 (2026-02-14)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Генерала Недбайла, 134</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)4322377</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(057)4322377</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shkola.102011@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://schooll-10.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сухомлин Ірина Григорівна</t>
@@ -500,51 +500,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Володимира Бескорсого, 35-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05743)54480</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>iziumschool11@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://iziumschool11.klasna.com/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Андрушок Олена Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -613,51 +613,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Захисників України, 5-А</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05743)23013</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>izum_gimnazij_3@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://gimnazij3.klasna.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Ольховська Юлія Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -726,51 +726,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>проспект Незалежності, 57</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(05743)2-30-17</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>lyceum5izium@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>https://shkola5izum.klasna.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Павлюк Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -839,51 +839,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Ізюм, Харківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця 24 Серпня, 32</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA63040090010029555</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Ізюм</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Ізюмської міської ради Харківської області</t>
+          <t>Управління освіти Ізюмської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05743)21016</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>izumschool@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>lyceum6izum.eddy.school</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Суховєєва Лілія Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>