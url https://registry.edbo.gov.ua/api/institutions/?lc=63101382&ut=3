--- v0 (2025-10-28)
+++ v1 (2026-02-11)
@@ -2768,51 +2768,51 @@
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(066)6452758</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
           <t>Obdarovanist@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>http://Obdarovanist.at.ua</t>
+          <t>https://obdarovanist.kh.ua</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
           <t>Директор Поливанний Валерій Сергійович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>