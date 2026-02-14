--- v0 (2025-10-19)
+++ v1 (2026-02-14)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(057)376-36-20, (057)376-01-75</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pr.sanshkola9@internatkh.org.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://internat9.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Ротач Світлана Олександрівна</t>
+          <t>В.о. директора Куліш Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(095)3742068</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>hzs115@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://www.school115.edu.kh.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Солоділова Алла Миколаївна</t>
+          <t>Директор Солоділова Алла Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -733,51 +733,51 @@
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(099)4032674</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>sch130_okt@ukr.net</t>
+          <t>gymnasium130@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://www.school130.edu.kh.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Дацько Юлія Валеріївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -856,51 +856,51 @@
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(099)4276186</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school-137@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://school137.edu.kh.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Волошина Світлана Олександрівна</t>
+          <t>Директор Волошина Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -969,51 +969,51 @@
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(099)3627889</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>school59_okt@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://www.school59.edu.kh.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Пікалова Олена Євгеніївна</t>
+          <t>Директор Нікітіна Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1411,51 +1411,51 @@
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(095)8408652</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>zsh.92@meta.ua</t>
+          <t>hg92@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>www.school92.edu.kh.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Шевченко Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2631,51 +2631,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>6310137900</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>шосе Григорівське, 30</t>
+          <t>в`їзд 3-й Усівський, 5</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(050)9663767</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">