--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -4096,51 +4096,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>6310137500</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Глобінська, 2</t>
+          <t>вулиця Глобинська, 2</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Салтівського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
           <t>(057)725-16-87</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">