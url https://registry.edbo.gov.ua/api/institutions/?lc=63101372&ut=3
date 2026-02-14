--- v0 (2025-12-10)
+++ v1 (2026-02-14)
@@ -1924,51 +1924,51 @@
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "МЕДЖИК ХАУЗ"</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>176810</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>ПЗ "ХПЛ "МЕДЖИК ХАУЗ"</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>6310137200</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Холодногірська, 67</t>
@@ -2014,51 +2014,51 @@
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД "ЛІЦЕЙ ПРАВА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД "ЛІЦЕЙ ПРАВА" ХАРКІВСЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>176872</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>ТОВ "ЛІЦЕЙ ПРАВА"</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -2417,51 +2417,51 @@
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Благовіщенська, 19</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(057)7125289</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>musicschoolkh@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Оріщенко Олег Володимирович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">