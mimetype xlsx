--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -729,56 +729,56 @@
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(057)342-50-52</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>spetsnvk7@internatkh.org.ua</t>
+          <t>kzhss7hor@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://kzhsnvk7.com.ua/</t>
+          <t>https://shkola7.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Масловська Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2434,51 +2434,51 @@
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(057)725-13-42</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>sc172@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>http://gim172.klasna.com/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Уткіна Олександра Андріївна</t>
+          <t>Директор Сердюк Денис Андрійович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
@@ -3333,51 +3333,51 @@
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(057)725-18-28, (057)725-03-40</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
           <t>sc133@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum133.klasna.com/</t>
+          <t>http://artlyceum133.kh.sch.in.ua/</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
           <t>Директор Ашортіа Євген Демурович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3560,51 +3560,51 @@
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>(095)0421854, (097)2465054</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
           <t>gravitation.org@gmail.com</t>
         </is>
       </c>
       <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Стрельченко Катерина Вікторівна</t>
+          <t>Директор Хлудєєва Кристина Вікторівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
@@ -3791,51 +3791,51 @@
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>(057)7164721</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
           <t>sepsh_nua@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
           <t>http://www.nua.kharkov.ua/</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
           <t>Директор Астахова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
           <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ АКАДЕМІЧНИЙ ХУДОЖНІЙ ЛІЦЕЙ ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>