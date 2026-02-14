--- v0 (2025-10-19)
+++ v1 (2026-02-14)
@@ -3257,69 +3257,69 @@
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД «ХАРКІВСЬКИЙ ЗАКЛАД ДОШКІЛЬНОЇ ОСВІТИ (ЯСЛА-САДОК) «НAPPУ BABУ» ХАРКІВСЬКОЇ ОБЛАСТІ».</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД «ХАРКІВСЬКИЙ ЗАКЛАД ДОШКІЛЬНОЇ ОСВІТИ «ХЕППІ ЛАЙФ» ХАРКІВСЬКОЇ ОБЛАСТІ»</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
         <v>176354</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ПЗ «ХЗДО (ЯСЛА-САДОК) «НAPPУ BABУ» ХАРКІВСЬКОЇ ОБЛАСТІ»</t>
+          <t>ПЗ «ХЗДО «ХЕППІ ЛАЙФ» ХАРКІВСЬКОЇ ОБЛАСТІ»</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (центр розвитку дитини)</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>6310136300</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>