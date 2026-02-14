--- v0 (2025-10-13)
+++ v1 (2026-02-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$241</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$243</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y241"/>
+  <dimension ref="A1:Y243"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -2999,51 +2999,51 @@
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Немишлянського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(057)725-17-06</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>sch063@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
           <t>http://school63.klasna.com</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Нєстєров Дмітрій Євгенович</t>
+          <t>В.о. директора Крохмаль Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
@@ -4454,56 +4454,56 @@
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
           <t>(057)342-50-52</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>spetsnvk7@internatkh.org.ua</t>
+          <t>kzhss7hor@gmail.com</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>http://kzhsnvk7.com.ua/</t>
+          <t>https://shkola7.com</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
           <t>Директор Масловська Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4803,51 +4803,51 @@
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
           <t>(057)376-36-20, (057)376-01-75</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
           <t>pr.sanshkola9@internatkh.org.ua</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
           <t>http://internat9.org.ua</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Ротач Світлана Олександрівна</t>
+          <t>В.о. директора Куліш Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
@@ -12708,51 +12708,51 @@
       </c>
       <c r="M111" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N111" s="7"/>
       <c r="O111" s="4" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P111" s="4" t="inlineStr">
         <is>
           <t>(066)6452758</t>
         </is>
       </c>
       <c r="Q111" s="4"/>
       <c r="R111" s="4" t="inlineStr">
         <is>
           <t>Obdarovanist@ukr.net</t>
         </is>
       </c>
       <c r="S111" s="4" t="inlineStr">
         <is>
-          <t>http://Obdarovanist.at.ua</t>
+          <t>https://obdarovanist.kh.ua</t>
         </is>
       </c>
       <c r="T111" s="4" t="inlineStr">
         <is>
           <t>Директор Поливанний Валерій Сергійович</t>
         </is>
       </c>
       <c r="U111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -12826,51 +12826,51 @@
       </c>
       <c r="N112" s="7"/>
       <c r="O112" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P112" s="4" t="inlineStr">
         <is>
           <t>(095)3742068</t>
         </is>
       </c>
       <c r="Q112" s="4"/>
       <c r="R112" s="4" t="inlineStr">
         <is>
           <t>hzs115@ukr.net</t>
         </is>
       </c>
       <c r="S112" s="4" t="inlineStr">
         <is>
           <t>http://www.school115.edu.kh.ua</t>
         </is>
       </c>
       <c r="T112" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Солоділова Алла Миколаївна</t>
+          <t>Директор Солоділова Алла Миколаївна</t>
         </is>
       </c>
       <c r="U112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y112" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
@@ -13042,51 +13042,51 @@
       </c>
       <c r="L114" s="6" t="inlineStr">
         <is>
           <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M114" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N114" s="7"/>
       <c r="O114" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P114" s="4" t="inlineStr">
         <is>
           <t>(099)4032674</t>
         </is>
       </c>
       <c r="Q114" s="4"/>
       <c r="R114" s="4" t="inlineStr">
         <is>
-          <t>sch130_okt@ukr.net</t>
+          <t>gymnasium130@ukr.net</t>
         </is>
       </c>
       <c r="S114" s="4" t="inlineStr">
         <is>
           <t>http://www.school130.edu.kh.ua</t>
         </is>
       </c>
       <c r="T114" s="4" t="inlineStr">
         <is>
           <t>Директор Дацько Юлія Валеріївна</t>
         </is>
       </c>
       <c r="U114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -13165,51 +13165,51 @@
       </c>
       <c r="N115" s="7"/>
       <c r="O115" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P115" s="4" t="inlineStr">
         <is>
           <t>(099)4276186</t>
         </is>
       </c>
       <c r="Q115" s="4"/>
       <c r="R115" s="4" t="inlineStr">
         <is>
           <t>school-137@ukr.net</t>
         </is>
       </c>
       <c r="S115" s="4" t="inlineStr">
         <is>
           <t>http://school137.edu.kh.ua</t>
         </is>
       </c>
       <c r="T115" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Волошина Світлана Олександрівна</t>
+          <t>Директор Волошина Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
@@ -13504,51 +13504,51 @@
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
           <t>(099)3627889</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
         <is>
           <t>school59_okt@ukr.net</t>
         </is>
       </c>
       <c r="S118" s="4" t="inlineStr">
         <is>
           <t>http://www.school59.edu.kh.ua</t>
         </is>
       </c>
       <c r="T118" s="4" t="inlineStr">
         <is>
-          <t>Директор Пікалова Олена Євгеніївна</t>
+          <t>Директор Нікітіна Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
@@ -13946,51 +13946,51 @@
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
           <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
           <t>(095)8408652</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
-          <t>zsh.92@meta.ua</t>
+          <t>hg92@ukr.net</t>
         </is>
       </c>
       <c r="S122" s="4" t="inlineStr">
         <is>
           <t>www.school92.edu.kh.ua</t>
         </is>
       </c>
       <c r="T122" s="4" t="inlineStr">
         <is>
           <t>Директор Шевченко Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -14285,51 +14285,51 @@
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-97</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>school136@ukr.net</t>
+          <t>gymnasium136@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S125" s="4" t="inlineStr">
         <is>
           <t>http://school136.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
           <t>Директор Кучук Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -14511,51 +14511,51 @@
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-87</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>school67osvita@ukr.net</t>
+          <t>gymnasium67@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
           <t>http://school67.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
           <t>Директор Іванов Владислав Леонідович</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -14737,51 +14737,51 @@
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-90</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>school86@ukr.net</t>
+          <t>gymnasium86@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S129" s="4" t="inlineStr">
         <is>
           <t>http://school86.klasna.com</t>
         </is>
       </c>
       <c r="T129" s="4" t="inlineStr">
         <is>
           <t>Директор Волобуєва Марина Михайлівна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -15302,51 +15302,51 @@
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
           <t>(057)7246352</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>hzosh171@ukr.net</t>
+          <t>primaryschool171@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S134" s="4" t="inlineStr">
         <is>
           <t>http://school171.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
           <t>Директор Дроб'язга Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -15762,56 +15762,56 @@
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
           <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
           <t>(057)3922317</t>
         </is>
       </c>
       <c r="Q138" s="4" t="inlineStr">
         <is>
           <t>(057)3922317</t>
         </is>
       </c>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>spetshkola8@internatkh.org.ua</t>
+          <t>osvita.sh8@gmail.com</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>http://shkola8.ucoz.ua/</t>
+          <t>https://shkola8.com</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
           <t>Директор Ялова Ольга Василівна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -17693,51 +17693,51 @@
       </c>
       <c r="N155" s="7"/>
       <c r="O155" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P155" s="4" t="inlineStr">
         <is>
           <t>(057)725-13-42</t>
         </is>
       </c>
       <c r="Q155" s="4"/>
       <c r="R155" s="4" t="inlineStr">
         <is>
           <t>sc172@ukr.net</t>
         </is>
       </c>
       <c r="S155" s="4" t="inlineStr">
         <is>
           <t>http://gim172.klasna.com/</t>
         </is>
       </c>
       <c r="T155" s="4" t="inlineStr">
         <is>
-          <t>Директор Уткіна Олександра Андріївна</t>
+          <t>Директор Сердюк Денис Андрійович</t>
         </is>
       </c>
       <c r="U155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y155" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
@@ -17769,51 +17769,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H156" s="6" t="inlineStr">
         <is>
           <t>6310137500</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
-          <t>вулиця Глобінська, 2</t>
+          <t>вулиця Глобинська, 2</t>
         </is>
       </c>
       <c r="L156" s="6" t="inlineStr">
         <is>
           <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N156" s="7"/>
       <c r="O156" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Салтівського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P156" s="4" t="inlineStr">
         <is>
           <t>(057)725-16-87</t>
         </is>
       </c>
       <c r="Q156" s="4"/>
       <c r="R156" s="4" t="inlineStr">
@@ -19717,51 +19717,51 @@
       </c>
       <c r="L173" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M173" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-95</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
-          <t>school108@ukr.net</t>
+          <t>luceum108@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S173" s="4" t="inlineStr">
         <is>
           <t>http://school108.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
           <t>Директор Соболь Олена Олександрівна</t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -20169,51 +20169,51 @@
       </c>
       <c r="L177" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M177" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P177" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-96</t>
         </is>
       </c>
       <c r="Q177" s="4"/>
       <c r="R177" s="4" t="inlineStr">
         <is>
-          <t>school126kh@ukr.net</t>
+          <t>luceum126@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S177" s="4" t="inlineStr">
         <is>
           <t>http://school126.klasna.com</t>
         </is>
       </c>
       <c r="T177" s="4" t="inlineStr">
         <is>
           <t>Директор Шило Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -20282,51 +20282,51 @@
       </c>
       <c r="L178" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M178" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-82</t>
         </is>
       </c>
       <c r="Q178" s="4"/>
       <c r="R178" s="4" t="inlineStr">
         <is>
-          <t>liceum13@ukr.net</t>
+          <t>luceum13@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S178" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium13.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T178" s="4" t="inlineStr">
         <is>
           <t>Директор Нев'ядомська Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -20508,51 +20508,51 @@
       </c>
       <c r="L180" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M180" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-56</t>
         </is>
       </c>
       <c r="Q180" s="4"/>
       <c r="R180" s="4" t="inlineStr">
         <is>
-          <t>school152@ukr.net</t>
+          <t>luceum152@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S180" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium152.edu.kh.ua</t>
         </is>
       </c>
       <c r="T180" s="4" t="inlineStr">
         <is>
           <t>Директор Шестопалова Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -20960,51 +20960,51 @@
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-83</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
       <c r="R184" s="4" t="inlineStr">
         <is>
-          <t>school18kh@ukr.net</t>
+          <t>luceum18@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S184" s="4" t="inlineStr">
         <is>
           <t>http://school18.klasna.com/uk/</t>
         </is>
       </c>
       <c r="T184" s="4" t="inlineStr">
         <is>
           <t>Директор Панкратова Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -21073,51 +21073,51 @@
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P185" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-98</t>
         </is>
       </c>
       <c r="Q185" s="4"/>
       <c r="R185" s="4" t="inlineStr">
         <is>
-          <t>kh_lyceum184@ukr.net</t>
+          <t>luceum184@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S185" s="4" t="inlineStr">
         <is>
           <t>https://lyceum184.klasna.com/</t>
         </is>
       </c>
       <c r="T185" s="4" t="inlineStr">
         <is>
           <t>Директор Нємова Олена Павлівна</t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -21525,51 +21525,51 @@
       </c>
       <c r="L189" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M189" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P189" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-86</t>
         </is>
       </c>
       <c r="Q189" s="4"/>
       <c r="R189" s="4" t="inlineStr">
         <is>
-          <t>school57kh@ukr.net</t>
+          <t>luceum57@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S189" s="4" t="inlineStr">
         <is>
           <t>http://school57.edu.kh.ua/</t>
         </is>
       </c>
       <c r="T189" s="4" t="inlineStr">
         <is>
           <t>Директор Кутенська Інна Миколаївна</t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -21864,61 +21864,61 @@
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-88</t>
         </is>
       </c>
       <c r="Q192" s="4"/>
       <c r="R192" s="4" t="inlineStr">
         <is>
-          <t>school69s@ukr.net</t>
+          <t>luceum69@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S192" s="4" t="inlineStr">
         <is>
           <t>https://school69.kh.sch.in.ua/</t>
         </is>
       </c>
       <c r="T192" s="4" t="inlineStr">
         <is>
-          <t>Директор Галушка Наталя Анатоліївна</t>
+          <t>В.о. директора Голота Маргарита Андріївна</t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
@@ -22213,51 +22213,51 @@
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Слобідського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
           <t>(057)725-84-50</t>
         </is>
       </c>
       <c r="Q195" s="4"/>
       <c r="R195" s="4" t="inlineStr">
         <is>
           <t>sch83@kharkivosvita.net.ua</t>
         </is>
       </c>
       <c r="S195" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium83.edu.kh.ua</t>
         </is>
       </c>
       <c r="T195" s="4" t="inlineStr">
         <is>
-          <t>Директор Ситник Ольга Іванівна</t>
+          <t>Директор Томах Сергій Володимирович</t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
@@ -22316,51 +22316,51 @@
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
           <t>(057)725-86-92</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
       <c r="R196" s="4" t="inlineStr">
         <is>
-          <t>school87_kh@ukr.net</t>
+          <t>luceum87@city.kharkiv.ua</t>
         </is>
       </c>
       <c r="S196" s="4" t="inlineStr">
         <is>
           <t>http://school87.edu.kh.ua</t>
         </is>
       </c>
       <c r="T196" s="4" t="inlineStr">
         <is>
           <t>Директор Карась Андрій Григорович</t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -22773,51 +22773,51 @@
       </c>
       <c r="M200" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N200" s="7"/>
       <c r="O200" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P200" s="4" t="inlineStr">
         <is>
           <t>(057)725-18-28, (057)725-03-40</t>
         </is>
       </c>
       <c r="Q200" s="4"/>
       <c r="R200" s="4" t="inlineStr">
         <is>
           <t>sc133@ukr.net</t>
         </is>
       </c>
       <c r="S200" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum133.klasna.com/</t>
+          <t>http://artlyceum133.kh.sch.in.ua/</t>
         </is>
       </c>
       <c r="T200" s="4" t="inlineStr">
         <is>
           <t>Директор Ашортіа Євген Демурович</t>
         </is>
       </c>
       <c r="U200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -23476,584 +23476,584 @@
       <c r="U206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y206" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад загальної середньої освіти "Харківська гімназія"Новатор.Свідома школа" Харківської області</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЛІЦЕЙ ПРОФЕСІЙ"</t>
         </is>
       </c>
       <c r="B207" s="5" t="n">
-        <v>176461</v>
+        <v>176962</v>
       </c>
       <c r="C207" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО ХГ "НОВАТОР.СВІДОМА ШКОЛА"</t>
+          <t>ПЗ "ЛІЦЕЙ ПРОФЕСІЙ"</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G207" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H207" s="6" t="inlineStr">
         <is>
-          <t>6310138800</t>
+          <t>6310100000</t>
         </is>
       </c>
       <c r="I207" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J207" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K207" s="4" t="inlineStr">
         <is>
-          <t>проспект Гагаріна, 70</t>
+          <t>вулиця Європейська, 3</t>
         </is>
       </c>
       <c r="L207" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010681864</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M207" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N207" s="7"/>
       <c r="O207" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Основ'янського району Харківської міської ради</t>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P207" s="4" t="inlineStr">
         <is>
-          <t>(063)1229384</t>
-[...8 lines deleted...]
-      <c r="S207" s="4"/>
+          <t>(093)4206417</t>
+        </is>
+      </c>
+      <c r="Q207" s="4"/>
+      <c r="R207" s="4" t="inlineStr">
+        <is>
+          <t>pz.lyceumpro@gmail.com</t>
+        </is>
+      </c>
+      <c r="S207" s="4" t="inlineStr">
+        <is>
+          <t>https://lyceum-professions.com.ua/</t>
+        </is>
+      </c>
       <c r="T207" s="4" t="inlineStr">
         <is>
-          <t> Стрілець Валентина Ігорівна</t>
+          <t>Директор Сівак Олексій Володимирович</t>
         </is>
       </c>
       <c r="U207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y207" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ХАРКІВСЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ ХАРКІВ"" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>Приватний заклад загальної середньої освіти "Харківська гімназія"Новатор.Свідома школа" Харківської області</t>
         </is>
       </c>
       <c r="B208" s="5" t="n">
-        <v>176459</v>
+        <v>176461</v>
       </c>
       <c r="C208" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>"ХАРКІВСЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ ХАРКІВ""</t>
+          <t>ПЗЗСО ХГ "НОВАТОР.СВІДОМА ШКОЛА"</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G208" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H208" s="6" t="inlineStr">
         <is>
-          <t>6310136600</t>
+          <t>6310138800</t>
         </is>
       </c>
       <c r="I208" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J208" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K208" s="4" t="inlineStr">
         <is>
-          <t>вулиця Майка Йогансена, 27</t>
+          <t>проспект Гагаріна, 70</t>
         </is>
       </c>
       <c r="L208" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010681864</t>
         </is>
       </c>
       <c r="M208" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N208" s="7"/>
       <c r="O208" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Основ'янського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P208" s="4" t="inlineStr">
         <is>
-          <t>(050)4440882</t>
-[...12 lines deleted...]
-      </c>
+          <t>(063)1229384</t>
+        </is>
+      </c>
+      <c r="Q208" s="4" t="inlineStr">
+        <is>
+          <t>(063)1229384</t>
+        </is>
+      </c>
+      <c r="R208" s="4"/>
+      <c r="S208" s="4"/>
       <c r="T208" s="4" t="inlineStr">
         <is>
-          <t>Директор Тира Світлана Юріївна</t>
+          <t> Стрілець Валентина Ігорівна</t>
         </is>
       </c>
       <c r="U208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y208" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ ХАРКІВСЬКИЙ ЛІЦЕЙ "АВТОРСЬКА ШКОЛА БОЙКА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ХАРКІВСЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ ХАРКІВ"" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B209" s="5" t="n">
-        <v>145941</v>
+        <v>176459</v>
       </c>
       <c r="C209" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>"АВТОРСЬКА ШКОЛА БОЙКА"</t>
+          <t>"ХАРКІВСЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ ХАРКІВ""</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H209" s="6" t="inlineStr">
         <is>
-          <t>6310136300</t>
+          <t>6310136600</t>
         </is>
       </c>
       <c r="I209" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J209" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K209" s="4" t="inlineStr">
         <is>
-          <t>вулиця Освітянська, 7</t>
+          <t>вулиця Майка Йогансена, 27</t>
         </is>
       </c>
       <c r="L209" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010948820</t>
+          <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M209" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N209" s="7"/>
       <c r="O209" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P209" s="4" t="inlineStr">
         <is>
-          <t>(057)3439477</t>
+          <t>(050)4440882</t>
         </is>
       </c>
       <c r="Q209" s="4"/>
       <c r="R209" s="4" t="inlineStr">
         <is>
-          <t>school@boiko.com.ua</t>
+          <t>itschool.kh@itstep.org</t>
         </is>
       </c>
       <c r="S209" s="4" t="inlineStr">
         <is>
-          <t>http://www.boiko.com.ua</t>
+          <t>https://itstep.kh.ua/its-school</t>
         </is>
       </c>
       <c r="T209" s="4" t="inlineStr">
         <is>
-          <t>Директор Макагон Олександр Емануїлович</t>
+          <t>Директор Тира Світлана Юріївна</t>
         </is>
       </c>
       <c r="U209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y209" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ХАРКІВСЬКИЙ ЛІЦЕЙ "ШКОЛА ЛІБЕРТІ" ХАРКІВСЬКОЇ ОБЛАСТІ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ ХАРКІВСЬКИЙ ЛІЦЕЙ "АВТОРСЬКА ШКОЛА БОЙКА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B210" s="5" t="n">
-        <v>176594</v>
+        <v>145941</v>
       </c>
       <c r="C210" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>ПЗО "ШКОЛА ЛІБЕРТІ"</t>
+          <t>"АВТОРСЬКА ШКОЛА БОЙКА"</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G210" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H210" s="6" t="inlineStr">
         <is>
-          <t>6310100000</t>
+          <t>6310136300</t>
         </is>
       </c>
       <c r="I210" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J210" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K210" s="4" t="inlineStr">
         <is>
-          <t>вулиця Клочківська, 261-А</t>
+          <t>вулиця Освітянська, 7</t>
         </is>
       </c>
       <c r="L210" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M210" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N210" s="7"/>
       <c r="O210" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P210" s="4" t="inlineStr">
         <is>
-          <t>(050)9349482</t>
+          <t>(057)3439477</t>
         </is>
       </c>
       <c r="Q210" s="4"/>
       <c r="R210" s="4" t="inlineStr">
         <is>
-          <t>tish.iryna@ukr.net</t>
+          <t>school@boiko.com.ua</t>
         </is>
       </c>
       <c r="S210" s="4" t="inlineStr">
         <is>
-          <t>https://libertyschool.com.ua/</t>
+          <t>http://www.boiko.com.ua</t>
         </is>
       </c>
       <c r="T210" s="4" t="inlineStr">
         <is>
-          <t>Директор Яркіна Ліна Анатоліївна</t>
+          <t>Директор Макагон Олександр Емануїлович</t>
         </is>
       </c>
       <c r="U210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y210" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКА ПРИВАТНА ПОЧАТКОВА ШКОЛА "МЕДЖИК ХАУЗ" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ХАРКІВСЬКИЙ ЛІЦЕЙ "ШКОЛА ЛІБЕРТІ" ХАРКІВСЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>176810</v>
+        <v>176594</v>
       </c>
       <c r="C211" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>ПОЧАТКОВА ШКОЛА МЕДЖИК ХАУЗ</t>
+          <t>ПЗО "ШКОЛА ЛІБЕРТІ"</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G211" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H211" s="6" t="inlineStr">
         <is>
-          <t>6310137200</t>
+          <t>6310100000</t>
         </is>
       </c>
       <c r="I211" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J211" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K211" s="4" t="inlineStr">
         <is>
-          <t>вулиця Холодногірська, 67</t>
+          <t>вулиця Клочківська, 261-А</t>
         </is>
       </c>
       <c r="L211" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010877312</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M211" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N211" s="7"/>
       <c r="O211" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P211" s="4" t="inlineStr">
         <is>
-          <t>(095)0992414</t>
+          <t>(050)9349482</t>
         </is>
       </c>
       <c r="Q211" s="4"/>
       <c r="R211" s="4" t="inlineStr">
         <is>
-          <t>School@magichouse.ua</t>
+          <t>tish.iryna@ukr.net</t>
         </is>
       </c>
       <c r="S211" s="4" t="inlineStr">
         <is>
-          <t>https://school.magichouse.ua</t>
+          <t>https://libertyschool.com.ua/</t>
         </is>
       </c>
       <c r="T211" s="4" t="inlineStr">
         <is>
-          <t>Директор Вєтрова Ірина Павлвівна</t>
+          <t>Директор Яркіна Ліна Анатоліївна</t>
         </is>
       </c>
       <c r="U211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y211" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
@@ -24424,51 +24424,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G215" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H215" s="6" t="inlineStr">
         <is>
           <t>6310136900</t>
         </is>
       </c>
       <c r="I215" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J215" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K215" s="4" t="inlineStr">
         <is>
-          <t>проспект Байрона, 152-Б</t>
+          <t>проспект Байрона, 152Б</t>
         </is>
       </c>
       <c r="L215" s="6" t="inlineStr">
         <is>
           <t>UA63120270010736370</t>
         </is>
       </c>
       <c r="M215" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N215" s="7"/>
       <c r="O215" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Слобідського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P215" s="4" t="inlineStr">
         <is>
           <t>(0572)97-50-08</t>
         </is>
       </c>
       <c r="Q215" s="4"/>
       <c r="R215" s="4" t="inlineStr">
@@ -24602,2862 +24602,3088 @@
       <c r="U216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y216" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "ПОЧАТОК МУДРОСТІ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "МЕДЖИК ХАУЗ"</t>
         </is>
       </c>
       <c r="B217" s="5" t="n">
-        <v>146452</v>
+        <v>176810</v>
       </c>
       <c r="C217" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>ХПЗОШ "Початок мудрості"</t>
+          <t>ПЗ "ХПЛ "МЕДЖИК ХАУЗ"</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G217" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H217" s="6" t="inlineStr">
         <is>
-          <t>6310137900</t>
+          <t>6310137200</t>
         </is>
       </c>
       <c r="I217" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J217" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K217" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ю.Паращука, 6</t>
+          <t>вулиця Холодногірська, 67</t>
         </is>
       </c>
       <c r="L217" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010565081</t>
+          <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M217" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N217" s="7"/>
       <c r="O217" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P217" s="4" t="inlineStr">
         <is>
-          <t>(057)3703048</t>
+          <t>(095)0992414</t>
         </is>
       </c>
       <c r="Q217" s="4"/>
       <c r="R217" s="4" t="inlineStr">
         <is>
-          <t>bw-school@ukr.net</t>
+          <t>School@magichouse.ua</t>
         </is>
       </c>
       <c r="S217" s="4" t="inlineStr">
         <is>
-          <t>http://www.bw-school.com.ua</t>
+          <t>https://school.magichouse.ua</t>
         </is>
       </c>
       <c r="T217" s="4" t="inlineStr">
         <is>
-          <t>Директор Горяєва Оксана Валеріївна</t>
+          <t>Директор Вєтрова Ірина Павлівна</t>
         </is>
       </c>
       <c r="U217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y217" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЛІЦЕЙ "ОНЛАЙН-ШКОЛА "АЛЬТЕРНАТИВА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "ПОЧАТОК МУДРОСТІ"</t>
         </is>
       </c>
       <c r="B218" s="5" t="n">
-        <v>146551</v>
+        <v>146452</v>
       </c>
       <c r="C218" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
-          <t>ПЛ "ОНЛАЙН-ШКОЛА "АЛЬТЕРНАТИВА"</t>
+          <t>ХПЗОШ "Початок мудрості"</t>
         </is>
       </c>
       <c r="E218" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G218" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H218" s="6" t="inlineStr">
         <is>
-          <t>6310138800</t>
+          <t>6310137900</t>
         </is>
       </c>
       <c r="I218" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J218" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K218" s="4" t="inlineStr">
         <is>
-          <t>вулиця Георгія Тарасенка, 18</t>
+          <t>вулиця Ю.Паращука, 6</t>
         </is>
       </c>
       <c r="L218" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010681864</t>
+          <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M218" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N218" s="7"/>
       <c r="O218" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Основ'янського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Новобаварського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P218" s="4" t="inlineStr">
         <is>
-          <t>(068)057-29-02,(073)023-82-29</t>
+          <t>(057)3703048</t>
         </is>
       </c>
       <c r="Q218" s="4"/>
       <c r="R218" s="4" t="inlineStr">
         <is>
-          <t>shkola.alt@gmail.com</t>
+          <t>bw-school@ukr.net</t>
         </is>
       </c>
       <c r="S218" s="4" t="inlineStr">
         <is>
-          <t>http://online-shkola.com.ua</t>
+          <t>http://www.bw-school.com.ua</t>
         </is>
       </c>
       <c r="T218" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпак Андрій Петрович</t>
+          <t>Директор Горяєва Оксана Валеріївна</t>
         </is>
       </c>
       <c r="U218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y218" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="4" t="inlineStr">
         <is>
-          <t>Приватний ліцей "Харківський колегіум" Харківської області</t>
+          <t>ПРИВАТНИЙ ЛІЦЕЙ "ОНЛАЙН-ШКОЛА "АЛЬТЕРНАТИВА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B219" s="5" t="n">
-        <v>146165</v>
+        <v>146551</v>
       </c>
       <c r="C219" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
-          <t>ПЛ "Харківський колегіум"</t>
+          <t>ПЛ "ОНЛАЙН-ШКОЛА "АЛЬТЕРНАТИВА"</t>
         </is>
       </c>
       <c r="E219" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G219" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H219" s="6" t="inlineStr">
         <is>
-          <t>6310136900</t>
+          <t>6310138800</t>
         </is>
       </c>
       <c r="I219" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J219" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K219" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тарасівська, 6-А</t>
+          <t>вулиця Георгія Тарасенка, 18</t>
         </is>
       </c>
       <c r="L219" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010736370</t>
+          <t>UA63120270010681864</t>
         </is>
       </c>
       <c r="M219" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N219" s="7"/>
       <c r="O219" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Слобідського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Основ'янського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P219" s="4" t="inlineStr">
         <is>
-          <t>(057)7325641</t>
+          <t>(068)057-29-02,(073)023-82-29</t>
         </is>
       </c>
       <c r="Q219" s="4"/>
       <c r="R219" s="4" t="inlineStr">
         <is>
-          <t>collegium_nvk@ukr.net</t>
+          <t>shkola.alt@gmail.com</t>
         </is>
       </c>
       <c r="S219" s="4" t="inlineStr">
         <is>
-          <t>http://collegium.com.ua</t>
+          <t>http://online-shkola.com.ua</t>
         </is>
       </c>
       <c r="T219" s="4" t="inlineStr">
         <is>
-          <t>Директор Бєлічева Тамара Миколаївна</t>
+          <t>Директор Шпак Андрій Петрович</t>
         </is>
       </c>
       <c r="U219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y219" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ХАРКІВСЬКА ПРИВАТНА ГІМНАЗІЯ «ВЕСЕЛІ СХОДИНКИ» ХАРКІВСЬКОЇ ОБЛАСТІ»</t>
+          <t>Приватний ліцей "Харківський колегіум" Харківської області</t>
         </is>
       </c>
       <c r="B220" s="5" t="n">
-        <v>149343</v>
+        <v>146165</v>
       </c>
       <c r="C220" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
-          <t>ТОВ «ХПГ «ВЕСЕЛІ СХОДИНКИ» Х/О»</t>
+          <t>ПЛ "Харківський колегіум"</t>
         </is>
       </c>
       <c r="E220" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G220" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H220" s="6" t="inlineStr">
         <is>
-          <t>6310137900</t>
+          <t>6310136900</t>
         </is>
       </c>
       <c r="I220" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J220" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K220" s="4" t="inlineStr">
         <is>
-          <t>шосе Григорівське, 30</t>
+          <t>вулиця Тарасівська, 6-А</t>
         </is>
       </c>
       <c r="L220" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010565081</t>
+          <t>UA63120270010736370</t>
         </is>
       </c>
       <c r="M220" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N220" s="7"/>
       <c r="O220" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Слобідського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P220" s="4" t="inlineStr">
         <is>
-          <t>(050)9663767</t>
+          <t>(057)7325641</t>
         </is>
       </c>
       <c r="Q220" s="4"/>
       <c r="R220" s="4" t="inlineStr">
         <is>
-          <t>veselelishodunki@gmail.com</t>
+          <t>collegium_nvk@ukr.net</t>
         </is>
       </c>
       <c r="S220" s="4" t="inlineStr">
         <is>
-          <t>veselishodynky.kh.ua</t>
+          <t>http://collegium.com.ua</t>
         </is>
       </c>
       <c r="T220" s="4" t="inlineStr">
         <is>
-          <t>Директор Ярьоменко Яна Геннадіївна</t>
+          <t>Директор Бєлічева Тамара Миколаївна</t>
         </is>
       </c>
       <c r="U220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y220" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД "ЛІЦЕЙ ПРАВА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ХАРКІВСЬКА ПРИВАТНА ГІМНАЗІЯ «ВЕСЕЛІ СХОДИНКИ» ХАРКІВСЬКОЇ ОБЛАСТІ»</t>
         </is>
       </c>
       <c r="B221" s="5" t="n">
-        <v>176872</v>
+        <v>149343</v>
       </c>
       <c r="C221" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ ПРАВА"</t>
+          <t>ТОВ «ХПГ «ВЕСЕЛІ СХОДИНКИ» Х/О»</t>
         </is>
       </c>
       <c r="E221" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G221" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H221" s="6" t="inlineStr">
         <is>
-          <t>6310137200</t>
+          <t>6310137900</t>
         </is>
       </c>
       <c r="I221" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J221" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K221" s="4" t="inlineStr">
         <is>
-          <t>вулиця Терихівська, 7/9</t>
+          <t>в`їзд 3-й Усівський, 5</t>
         </is>
       </c>
       <c r="L221" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010877312</t>
+          <t>UA63120270010565081</t>
         </is>
       </c>
       <c r="M221" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N221" s="7"/>
       <c r="O221" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P221" s="4" t="inlineStr">
         <is>
-          <t>(096)0060455</t>
+          <t>(050)9663767</t>
         </is>
       </c>
       <c r="Q221" s="4"/>
       <c r="R221" s="4" t="inlineStr">
         <is>
-          <t>biz.consult.ak.law@gmail.com</t>
+          <t>veselelishodunki@gmail.com</t>
         </is>
       </c>
       <c r="S221" s="4" t="inlineStr">
         <is>
-          <t>https://www.liceyprava.com.ua/</t>
+          <t>veselishodynky.kh.ua</t>
         </is>
       </c>
       <c r="T221" s="4" t="inlineStr">
         <is>
-          <t>Директор Лаптєва Світлана Геннадіївна</t>
+          <t>Директор Ярьоменко Яна Геннадіївна</t>
         </is>
       </c>
       <c r="U221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y221" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД "ЛІЦЕЙ ПРОФЕСІОНАЛ" ХАРКІВСЬКОЇ ОБЛАСТІ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД "ЛІЦЕЙ ПРАВА" ХАРКІВСЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B222" s="5" t="n">
-        <v>176711</v>
+        <v>176872</v>
       </c>
       <c r="C222" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ ПРОФЕСІОНАЛ"</t>
+          <t>ТОВ "ЛІЦЕЙ ПРАВА"</t>
         </is>
       </c>
       <c r="E222" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G222" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H222" s="6" t="inlineStr">
         <is>
-          <t>6310100000</t>
+          <t>6310137200</t>
         </is>
       </c>
       <c r="I222" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J222" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K222" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 22/24</t>
+          <t>вулиця Терихівська, 7/9</t>
         </is>
       </c>
       <c r="L222" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010096107</t>
+          <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M222" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N222" s="7"/>
       <c r="O222" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P222" s="4" t="inlineStr">
         <is>
-          <t>(057)7007697</t>
+          <t>(096)0060455</t>
         </is>
       </c>
       <c r="Q222" s="4"/>
       <c r="R222" s="4" t="inlineStr">
         <is>
-          <t>lyceum@professional.kh.ua</t>
+          <t>biz.consult.ak.law@gmail.com</t>
         </is>
       </c>
       <c r="S222" s="4" t="inlineStr">
         <is>
-          <t>http://professional.kh.ua</t>
+          <t>https://www.liceyprava.com.ua/</t>
         </is>
       </c>
       <c r="T222" s="4" t="inlineStr">
         <is>
-          <t>Директор Товажнянська Олена Леонідівна</t>
+          <t>Директор Лаптєва Світлана Геннадіївна</t>
         </is>
       </c>
       <c r="U222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y222" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ЛІЦЕЙ "ОСВІТНІЙ ПРОСТІР "ГРАВІТАЦІЯ" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД "ЛІЦЕЙ ПРОФЕСІОНАЛ" ХАРКІВСЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B223" s="5" t="n">
-        <v>150412</v>
+        <v>176711</v>
       </c>
       <c r="C223" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
-          <t>ТОВ ШКОЛА " ГРАВІТАЦІЯ"</t>
+          <t>ТОВ "ЛІЦЕЙ ПРОФЕСІОНАЛ"</t>
         </is>
       </c>
       <c r="E223" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G223" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H223" s="6" t="inlineStr">
         <is>
-          <t>6310136600</t>
+          <t>6310100000</t>
         </is>
       </c>
       <c r="I223" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J223" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K223" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дівоча, 12</t>
+          <t>вулиця Ярослава Мудрого, 22/24</t>
         </is>
       </c>
       <c r="L223" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M223" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N223" s="7"/>
       <c r="O223" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P223" s="4" t="inlineStr">
         <is>
-          <t>(095)0421854, (097)2465054</t>
+          <t>(057)7007697</t>
         </is>
       </c>
       <c r="Q223" s="4"/>
       <c r="R223" s="4" t="inlineStr">
         <is>
-          <t>gravitation.org@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S223" s="4"/>
+          <t>lyceum@professional.kh.ua</t>
+        </is>
+      </c>
+      <c r="S223" s="4" t="inlineStr">
+        <is>
+          <t>http://professional.kh.ua</t>
+        </is>
+      </c>
       <c r="T223" s="4" t="inlineStr">
         <is>
-          <t>Директор Стрельченко Катерина Вікторівна</t>
+          <t>Директор Товажнянська Олена Леонідівна</t>
         </is>
       </c>
       <c r="U223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y223" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ЛІЦЕЙ "ХАНІ АКАДЕМІЯ"" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ЛІЦЕЙ "ОСВІТНІЙ ПРОСТІР "ГРАВІТАЦІЯ" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B224" s="5" t="n">
-        <v>176508</v>
+        <v>150412</v>
       </c>
       <c r="C224" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
-          <t>ТОВ ПЗ "ХЛ "ХАНІ АКАДЕМІЯ" "ХО</t>
+          <t>ТОВ ШКОЛА " ГРАВІТАЦІЯ"</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G224" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H224" s="6" t="inlineStr">
         <is>
-          <t>6310137200</t>
+          <t>6310136600</t>
         </is>
       </c>
       <c r="I224" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J224" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K224" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовіщенська, 13</t>
+          <t>вулиця Дівоча, 12</t>
         </is>
       </c>
       <c r="L224" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010877312</t>
+          <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M224" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N224" s="7"/>
       <c r="O224" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P224" s="4" t="inlineStr">
         <is>
-          <t>(063)2429694</t>
+          <t>(095)0421854, (097)2465054</t>
         </is>
       </c>
       <c r="Q224" s="4"/>
       <c r="R224" s="4" t="inlineStr">
         <is>
-          <t>honeyacademykharkiv@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravitation.org@gmail.com</t>
+        </is>
+      </c>
+      <c r="S224" s="4"/>
       <c r="T224" s="4" t="inlineStr">
         <is>
-          <t>Директор Рубанова Дар'я Олександрівна</t>
+          <t>Директор Хлудєєва Кристина Вікторівна</t>
         </is>
       </c>
       <c r="U224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y224" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Харківська приватна початкова школа "Ерудітус" Харківської області</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ЗАКЛАД "ХАРКІВСЬКИЙ ЛІЦЕЙ "ХАНІ АКАДЕМІЯ"" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B225" s="5" t="n">
-        <v>176535</v>
+        <v>176508</v>
       </c>
       <c r="C225" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>ТОВ школа "Ерудітус"</t>
+          <t>ТОВ ПЗ "ХЛ "ХАНІ АКАДЕМІЯ" "ХО</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G225" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H225" s="6" t="inlineStr">
         <is>
-          <t>6310136600</t>
+          <t>6310137200</t>
         </is>
       </c>
       <c r="I225" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J225" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K225" s="4" t="inlineStr">
         <is>
-          <t>вулиця Алчевських, 38</t>
+          <t>вулиця Благовіщенська, 13</t>
         </is>
       </c>
       <c r="L225" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M225" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N225" s="7"/>
       <c r="O225" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P225" s="4" t="inlineStr">
         <is>
-          <t>(095)7078937</t>
+          <t>(063)2429694</t>
         </is>
       </c>
       <c r="Q225" s="4"/>
       <c r="R225" s="4" t="inlineStr">
         <is>
-          <t>school.eruditus@gmail.com</t>
+          <t>honeyacademykharkiv@gmail.com</t>
         </is>
       </c>
       <c r="S225" s="4" t="inlineStr">
         <is>
-          <t>https://eruditus.school/</t>
+          <t>honey-academy.com.ua</t>
         </is>
       </c>
       <c r="T225" s="4" t="inlineStr">
         <is>
-          <t>Директор Федорик Ольга Олександрівна</t>
+          <t>Директор Рубанова Дар'я Олександрівна</t>
         </is>
       </c>
       <c r="U225" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y225" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="4" t="inlineStr">
         <is>
-          <t>Філія "ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НАРОДНА УКРАЇНСЬКА АКАДЕМІЯ" ХАРКІВСЬКОЇ ОБЛАСТІ" ПРИВАТНОГО ЗАКЛАДУ ВИЩОЇ ОСВІТИ ХАРКІВСЬКОГО ГУМАНІТАРНОГО УНІВЕРСИТЕТУ "НАРОДНА УКРАЇНСЬКА АКАДЕМІЯ"</t>
+          <t>Товариство з обмеженою відповідальністю "Харківська приватна початкова школа "Ерудітус" Харківської області</t>
         </is>
       </c>
       <c r="B226" s="5" t="n">
-        <v>146037</v>
+        <v>176535</v>
       </c>
       <c r="C226" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "ХПЛ "НУА" ХАРКІВСЬКОЇ ОБЛАСТІ" ПЗВО ХГУ "НУА"</t>
+          <t>ТОВ школа "Ерудітус"</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G226" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H226" s="6" t="inlineStr">
         <is>
           <t>6310136600</t>
         </is>
       </c>
       <c r="I226" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J226" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K226" s="4" t="inlineStr">
         <is>
-          <t>вулиця Майка Йогансена, 27</t>
+          <t>вулиця Алчевських, 38</t>
         </is>
       </c>
       <c r="L226" s="6" t="inlineStr">
         <is>
           <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M226" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N226" s="7"/>
       <c r="O226" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P226" s="4" t="inlineStr">
         <is>
-          <t>(057)7164721</t>
+          <t>(095)7078937</t>
         </is>
       </c>
       <c r="Q226" s="4"/>
       <c r="R226" s="4" t="inlineStr">
         <is>
-          <t>sepsh_nua@ukr.net</t>
+          <t>school.eruditus@gmail.com</t>
         </is>
       </c>
       <c r="S226" s="4" t="inlineStr">
         <is>
-          <t>http://www.nua.kharkov.ua/</t>
+          <t>https://eruditus.school/</t>
         </is>
       </c>
       <c r="T226" s="4" t="inlineStr">
         <is>
-          <t>Директор Астахова Катерина Вікторівна</t>
+          <t>Директор Федорик Ольга Олександрівна</t>
         </is>
       </c>
       <c r="U226" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y226" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКА ПРИВАТНА СПЕЦІАЛЬНА ШКОЛА "ФЕНІКС" ХАРКІВСЬКОГО ОБЛАСНОГО БЛАГОДІЙНОГО ФОНДУ "СПОДІВАНКА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ХАРКІВСЬКИЙ ЛІЦЕЙ "БАЛУН"</t>
         </is>
       </c>
       <c r="B227" s="5" t="n">
-        <v>146799</v>
+        <v>176963</v>
       </c>
       <c r="C227" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
-          <t>ХПСШ«ФЕНІКС»</t>
+          <t>ТОВ "ХАРКІВСЬКИЙ ЛІЦЕЙ "БАЛУН"</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G227" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H227" s="6" t="inlineStr">
         <is>
-          <t>6310137200</t>
+          <t>6310100000</t>
         </is>
       </c>
       <c r="I227" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J227" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K227" s="4" t="inlineStr">
         <is>
-          <t>вулиця Черкаська, 5</t>
+          <t>вулиця Астрономічна, 35-Ж, квартира 48</t>
         </is>
       </c>
       <c r="L227" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010877312</t>
+          <t>UA63120270010096107</t>
         </is>
       </c>
       <c r="M227" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N227" s="7"/>
       <c r="O227" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P227" s="4" t="inlineStr">
         <is>
-          <t>(057)7573108</t>
+          <t>(098)7181191</t>
         </is>
       </c>
       <c r="Q227" s="4"/>
       <c r="R227" s="4" t="inlineStr">
         <is>
-          <t>school.phenix@gmail.com</t>
+          <t>balloon.klub@gmail.com</t>
         </is>
       </c>
       <c r="S227" s="4" t="inlineStr">
         <is>
-          <t>http://www.phenix.edu.kh.ua</t>
+          <t>https://balloon.t-schools.info</t>
         </is>
       </c>
       <c r="T227" s="4" t="inlineStr">
         <is>
-          <t>Директор Медведєва Валерія Борисівна</t>
+          <t>Директор Васюта Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y227" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="4" t="inlineStr">
         <is>
-          <t>Харківське державне вище училище фізичної культури №1</t>
+          <t>Філія "ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НАРОДНА УКРАЇНСЬКА АКАДЕМІЯ" ХАРКІВСЬКОЇ ОБЛАСТІ" ПРИВАТНОГО ЗАКЛАДУ ВИЩОЇ ОСВІТИ ХАРКІВСЬКОГО ГУМАНІТАРНОГО УНІВЕРСИТЕТУ "НАРОДНА УКРАЇНСЬКА АКАДЕМІЯ"</t>
         </is>
       </c>
       <c r="B228" s="5" t="n">
-        <v>147530</v>
+        <v>146037</v>
       </c>
       <c r="C228" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
-          <t>ХДВУФК № 1</t>
+          <t>ФІЛІЯ "ХПЛ "НУА" ХАРКІВСЬКОЇ ОБЛАСТІ" ПЗВО ХГУ "НУА"</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа-інтернат</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G228" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H228" s="6" t="inlineStr">
         <is>
-          <t>6310136300</t>
+          <t>6310136600</t>
         </is>
       </c>
       <c r="I228" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J228" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K228" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фронтова, 3</t>
+          <t>вулиця Майка Йогансена, 27</t>
         </is>
       </c>
       <c r="L228" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010948820</t>
+          <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M228" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N228" s="7"/>
       <c r="O228" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P228" s="4" t="inlineStr">
         <is>
-          <t>(057)7632151</t>
+          <t>(057)7164721</t>
         </is>
       </c>
       <c r="Q228" s="4"/>
       <c r="R228" s="4" t="inlineStr">
         <is>
-          <t>hdvufk1@vnzk.org.ua</t>
-[...2 lines deleted...]
-      <c r="S228" s="4"/>
+          <t>sepsh_nua@ukr.net</t>
+        </is>
+      </c>
+      <c r="S228" s="4" t="inlineStr">
+        <is>
+          <t>http://www.nua.kharkov.ua/</t>
+        </is>
+      </c>
       <c r="T228" s="4" t="inlineStr">
         <is>
-          <t>Директор Назаренко Юрій Вікторович</t>
+          <t>Директор Астахова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X228" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y228" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="4" t="inlineStr">
         <is>
-          <t>Харківський державний музичний ліцей</t>
+          <t>ХАРКІВСЬКА ПРИВАТНА СПЕЦІАЛЬНА ШКОЛА "ФЕНІКС" ХАРКІВСЬКОГО ОБЛАСНОГО БЛАГОДІЙНОГО ФОНДУ "СПОДІВАНКА"</t>
         </is>
       </c>
       <c r="B229" s="5" t="n">
-        <v>148896</v>
+        <v>146799</v>
       </c>
       <c r="C229" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
-          <t>ХДМЛ</t>
+          <t>ХПСШ«ФЕНІКС»</t>
         </is>
       </c>
       <c r="E229" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
-          <t>мистецький ліцей</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G229" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H229" s="6" t="inlineStr">
         <is>
           <t>6310137200</t>
         </is>
       </c>
       <c r="I229" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J229" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K229" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовіщенська, 19</t>
+          <t>вулиця Черкаська, 5</t>
         </is>
       </c>
       <c r="L229" s="6" t="inlineStr">
         <is>
           <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M229" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N229" s="7"/>
       <c r="O229" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Управління освіти адміністрації Холодногірського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P229" s="4" t="inlineStr">
         <is>
-          <t>(057)7125289</t>
+          <t>(057)7573108</t>
         </is>
       </c>
       <c r="Q229" s="4"/>
       <c r="R229" s="4" t="inlineStr">
         <is>
-          <t>musicschoolkh@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S229" s="4"/>
+          <t>school.phenix@ukr.net</t>
+        </is>
+      </c>
+      <c r="S229" s="4" t="inlineStr">
+        <is>
+          <t>http://www.phenix.edu.kh.ua</t>
+        </is>
+      </c>
       <c r="T229" s="4" t="inlineStr">
         <is>
-          <t>Директор Оріщенко Олег Володимирович</t>
+          <t>Директор Медведєва Валерія Борисівна</t>
         </is>
       </c>
       <c r="U229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y229" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ АКАДЕМІЧНИЙ ХУДОЖНІЙ ЛІЦЕЙ ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>Харківське державне вище училище фізичної культури №1</t>
         </is>
       </c>
       <c r="B230" s="5" t="n">
-        <v>146357</v>
+        <v>147530</v>
       </c>
       <c r="C230" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ АКАДЕМІЧНИЙ ХУДОЖНІЙ ЛІЦЕЙ; ХАХЛ</t>
+          <t>ХДВУФК № 1</t>
         </is>
       </c>
       <c r="E230" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа-інтернат</t>
         </is>
       </c>
       <c r="G230" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H230" s="6" t="inlineStr">
         <is>
-          <t>6310136600</t>
+          <t>6310136300</t>
         </is>
       </c>
       <c r="I230" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J230" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K230" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 24</t>
+          <t>вулиця Фронтова, 3</t>
         </is>
       </c>
       <c r="L230" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M230" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N230" s="7"/>
       <c r="O230" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P230" s="4" t="inlineStr">
         <is>
-          <t>(057)7062060</t>
+          <t>(057)7632151</t>
         </is>
       </c>
       <c r="Q230" s="4"/>
       <c r="R230" s="4" t="inlineStr">
         <is>
-          <t>artliceum@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>hdvufk1@vnzk.org.ua</t>
+        </is>
+      </c>
+      <c r="S230" s="4"/>
       <c r="T230" s="4" t="inlineStr">
         <is>
-          <t>Директор Лук'янович Олександр Володимирович</t>
+          <t>Директор Назаренко Юрій Вікторович</t>
         </is>
       </c>
       <c r="U230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X230" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y230" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ «ВЕРЕСЕНЬ» ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>Харківський державний музичний ліцей</t>
         </is>
       </c>
       <c r="B231" s="5" t="n">
-        <v>146784</v>
+        <v>148896</v>
       </c>
       <c r="C231" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>ХП ЛІЦЕЙ "ВЕРЕСЕНЬ" ХО</t>
+          <t>ХДМЛ</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G231" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H231" s="6" t="inlineStr">
         <is>
-          <t>6310138500</t>
+          <t>6310137200</t>
         </is>
       </c>
       <c r="I231" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J231" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K231" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Харкова, 230</t>
+          <t>вулиця Благовіщенська, 19</t>
         </is>
       </c>
       <c r="L231" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010423479</t>
+          <t>UA63120270010877312</t>
         </is>
       </c>
       <c r="M231" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N231" s="7"/>
       <c r="O231" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Немишлянського району Харківської міської ради</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P231" s="4" t="inlineStr">
         <is>
-          <t>(057)3920165</t>
+          <t>(057)7125289</t>
         </is>
       </c>
       <c r="Q231" s="4"/>
       <c r="R231" s="4" t="inlineStr">
         <is>
-          <t>veresen_school999@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>musicschoolkh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S231" s="4"/>
       <c r="T231" s="4" t="inlineStr">
         <is>
-          <t>Директор Павловська-Кравчук Вікторія Анатоліївна</t>
+          <t>Директор Оріщенко Олег Володимирович</t>
         </is>
       </c>
       <c r="U231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y231" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="4" t="inlineStr">
         <is>
-          <t>Харківський приватний ліцей "Ангстрем" Харківської області</t>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ АКАДЕМІЧНИЙ ХУДОЖНІЙ ЛІЦЕЙ ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B232" s="5" t="n">
-        <v>145906</v>
+        <v>146357</v>
       </c>
       <c r="C232" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Ангстрем"</t>
+          <t>ХАРКІВСЬКИЙ АКАДЕМІЧНИЙ ХУДОЖНІЙ ЛІЦЕЙ; ХАХЛ</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G232" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H232" s="6" t="inlineStr">
         <is>
-          <t>6310136300</t>
+          <t>6310136600</t>
         </is>
       </c>
       <c r="I232" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J232" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K232" s="4" t="inlineStr">
         <is>
-          <t>проспект Незалежності, 10</t>
+          <t>вулиця Шевченка, 24</t>
         </is>
       </c>
       <c r="L232" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010948820</t>
+          <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M232" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N232" s="7"/>
       <c r="O232" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P232" s="4" t="inlineStr">
         <is>
-          <t>(057)7555807</t>
+          <t>(057)7062060</t>
         </is>
       </c>
       <c r="Q232" s="4"/>
       <c r="R232" s="4" t="inlineStr">
         <is>
-          <t>angstremua@gmail.com</t>
+          <t>artliceum@ukr.net</t>
         </is>
       </c>
       <c r="S232" s="4" t="inlineStr">
         <is>
-          <t>http://www.angstremua.com</t>
+          <t>http://art-lyceum.kh.ua</t>
         </is>
       </c>
       <c r="T232" s="4" t="inlineStr">
         <is>
-          <t>Директор Дудінова Олена Володимирівна</t>
+          <t>Директор Лук'янович Олександр Володимирович</t>
         </is>
       </c>
       <c r="U232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y232" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "БЛАГОВІСТ" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ «ВЕРЕСЕНЬ» ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B233" s="5" t="n">
-        <v>145642</v>
+        <v>146784</v>
       </c>
       <c r="C233" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЛІЦЕЙ “БЛАГОВІСТ”</t>
+          <t>ХП ЛІЦЕЙ "ВЕРЕСЕНЬ" ХО</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G233" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H233" s="6" t="inlineStr">
         <is>
-          <t>6310137500</t>
+          <t>6310138500</t>
         </is>
       </c>
       <c r="I233" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J233" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K233" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Павлова, 146-В</t>
+          <t>проспект Героїв Харкова, 230</t>
         </is>
       </c>
       <c r="L233" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010315719</t>
+          <t>UA63120270010423479</t>
         </is>
       </c>
       <c r="M233" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N233" s="7"/>
       <c r="O233" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Салтівського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Немишлянського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P233" s="4" t="inlineStr">
         <is>
-          <t>(098)3272192</t>
+          <t>(057)3920165</t>
         </is>
       </c>
       <c r="Q233" s="4"/>
       <c r="R233" s="4" t="inlineStr">
         <is>
-          <t>blagovistkh@ukr.net</t>
+          <t>veresen_school999@ukr.net</t>
         </is>
       </c>
       <c r="S233" s="4" t="inlineStr">
         <is>
-          <t>blagovest.kh.ua</t>
+          <t>http://www.veresen.com</t>
         </is>
       </c>
       <c r="T233" s="4" t="inlineStr">
         <is>
-          <t>Директор Говорун Світлана Леонідівна</t>
+          <t>Директор Павловська-Кравчук Вікторія Анатоліївна</t>
         </is>
       </c>
       <c r="U233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y233" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="4" t="inlineStr">
         <is>
-          <t>Харківський приватний ліцей "ОЧАГ" Харківської області</t>
+          <t>Харківський приватний ліцей "Ангстрем" Харківської області</t>
         </is>
       </c>
       <c r="B234" s="5" t="n">
-        <v>146346</v>
+        <v>145906</v>
       </c>
       <c r="C234" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>ХПЛ "ОЧАГ"</t>
+          <t>Ліцей "Ангстрем"</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G234" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H234" s="6" t="inlineStr">
         <is>
-          <t>6310136600</t>
+          <t>6310136300</t>
         </is>
       </c>
       <c r="I234" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J234" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K234" s="4" t="inlineStr">
         <is>
-          <t>вулиця Астрономічна, 41</t>
+          <t>проспект Незалежності, 10</t>
         </is>
       </c>
       <c r="L234" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M234" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N234" s="7"/>
       <c r="O234" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P234" s="4" t="inlineStr">
         <is>
-          <t>(050)3008932</t>
+          <t>(057)7555807</t>
         </is>
       </c>
       <c r="Q234" s="4"/>
       <c r="R234" s="4" t="inlineStr">
         <is>
-          <t>ochag.nvk@gmail.com</t>
+          <t>angstremua@gmail.com</t>
         </is>
       </c>
       <c r="S234" s="4" t="inlineStr">
         <is>
-          <t>http://ochag.kh.ua</t>
+          <t>http://www.angstremua.com</t>
         </is>
       </c>
       <c r="T234" s="4" t="inlineStr">
         <is>
-          <t>Директор Середа Лариса Василівна</t>
+          <t>Директор Дудінова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y234" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ПЕРША УКРАЇНСЬКА ШКОЛА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "БЛАГОВІСТ" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B235" s="5" t="n">
-        <v>176462</v>
+        <v>145642</v>
       </c>
       <c r="C235" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>ХПЛ "ПУШ"</t>
+          <t>ПРИВАТНИЙ ЛІЦЕЙ “БЛАГОВІСТ”</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G235" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H235" s="6" t="inlineStr">
         <is>
           <t>6310137500</t>
         </is>
       </c>
       <c r="I235" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J235" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K235" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Павлова, 46</t>
+          <t>вулиця Академіка Павлова, 146-В</t>
         </is>
       </c>
       <c r="L235" s="6" t="inlineStr">
         <is>
           <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M235" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N235" s="7"/>
       <c r="O235" s="4" t="inlineStr">
         <is>
           <t>Управління освіти адміністрації Салтівського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P235" s="4" t="inlineStr">
         <is>
-          <t>(099)1282048</t>
+          <t>(098)3272192</t>
         </is>
       </c>
       <c r="Q235" s="4"/>
       <c r="R235" s="4" t="inlineStr">
         <is>
-          <t>lyceumpush@gmail.com.ua</t>
+          <t>blagovistkh@ukr.net</t>
         </is>
       </c>
       <c r="S235" s="4" t="inlineStr">
         <is>
-          <t>http://push-school.com</t>
+          <t>blagovest.kh.ua</t>
         </is>
       </c>
       <c r="T235" s="4" t="inlineStr">
         <is>
-          <t>Директор Підгайко Віталіна Анатоліївна</t>
+          <t>Директор Говорун Світлана Леонідівна</t>
         </is>
       </c>
       <c r="U235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y235" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ТЕОРЕМА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>Харківський приватний ліцей "ОЧАГ" Харківської області</t>
         </is>
       </c>
       <c r="B236" s="5" t="n">
-        <v>176457</v>
+        <v>146346</v>
       </c>
       <c r="C236" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>ліцей "Теорема"</t>
+          <t>ХПЛ "ОЧАГ"</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G236" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H236" s="6" t="inlineStr">
         <is>
-          <t>6310136900</t>
+          <t>6310136600</t>
         </is>
       </c>
       <c r="I236" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J236" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K236" s="4" t="inlineStr">
         <is>
-          <t>вулиця Киргизька, 10</t>
+          <t>вулиця Астрономічна, 41</t>
         </is>
       </c>
       <c r="L236" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010736370</t>
+          <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M236" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N236" s="7"/>
       <c r="O236" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Слобідського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P236" s="4" t="inlineStr">
         <is>
-          <t>(068)6887799</t>
+          <t>(050)3008932</t>
         </is>
       </c>
       <c r="Q236" s="4"/>
       <c r="R236" s="4" t="inlineStr">
         <is>
-          <t>theorem.school@gmail.com</t>
+          <t>ochag.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S236" s="4" t="inlineStr">
         <is>
-          <t>https://teorema.com.ua/</t>
+          <t>http://ochag.kh.ua</t>
         </is>
       </c>
       <c r="T236" s="4" t="inlineStr">
         <is>
-          <t>Директор Свистунова Тетяна Миколаївна</t>
+          <t>Директор Середа Лариса Василівна</t>
         </is>
       </c>
       <c r="U236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y236" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ШКОЛА "РАНОК" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ПЕРША УКРАЇНСЬКА ШКОЛА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B237" s="5" t="n">
-        <v>148332</v>
+        <v>176462</v>
       </c>
       <c r="C237" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>ШКОЛА "РАНОК"</t>
+          <t>ХПЛ "ПУШ"</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G237" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H237" s="6" t="inlineStr">
         <is>
-          <t>6310136300</t>
+          <t>6310137500</t>
         </is>
       </c>
       <c r="I237" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J237" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K237" s="4" t="inlineStr">
         <is>
-          <t>провулок Фанінський, 2</t>
+          <t>вулиця Академіка Павлова, 46</t>
         </is>
       </c>
       <c r="L237" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010948820</t>
+          <t>UA63120270010315719</t>
         </is>
       </c>
       <c r="M237" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N237" s="7"/>
       <c r="O237" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Салтівського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P237" s="4" t="inlineStr">
         <is>
-          <t>(050)4684946</t>
+          <t>(099)1282048</t>
         </is>
       </c>
       <c r="Q237" s="4"/>
       <c r="R237" s="4" t="inlineStr">
         <is>
-          <t>office@ranok-school.com</t>
+          <t>lyceumpush@gmail.com.ua</t>
         </is>
       </c>
       <c r="S237" s="4" t="inlineStr">
         <is>
-          <t>ranok-school.com</t>
+          <t>http://push-school.com</t>
         </is>
       </c>
       <c r="T237" s="4" t="inlineStr">
         <is>
-          <t>Директор Свердліченко Тетяна Анатоліївна</t>
+          <t>Директор Підгайко Віталіна Анатоліївна</t>
         </is>
       </c>
       <c r="U237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y237" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="4" t="inlineStr">
         <is>
-          <t>Харківський приватний навчально-виховний комплекс "Гармонія" Харківської області</t>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ТЕОРЕМА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B238" s="5" t="n">
-        <v>146798</v>
+        <v>176457</v>
       </c>
       <c r="C238" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>НВК "Гармонія"</t>
+          <t>ліцей "Теорема"</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G238" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H238" s="6" t="inlineStr">
         <is>
-          <t>6310138500</t>
+          <t>6310136900</t>
         </is>
       </c>
       <c r="I238" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J238" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K238" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рибалка, 16-А</t>
+          <t>вулиця Киргизька, 10</t>
         </is>
       </c>
       <c r="L238" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010423479</t>
+          <t>UA63120270010736370</t>
         </is>
       </c>
       <c r="M238" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N238" s="7"/>
       <c r="O238" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Немишлянського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Слобідського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P238" s="4" t="inlineStr">
         <is>
-          <t>(057)3921021</t>
+          <t>(068)6887799</t>
         </is>
       </c>
       <c r="Q238" s="4"/>
       <c r="R238" s="4" t="inlineStr">
         <is>
-          <t>garmoniya_2015@ukr.net</t>
+          <t>theorem.school@gmail.com</t>
         </is>
       </c>
       <c r="S238" s="4" t="inlineStr">
         <is>
-          <t>http://uvk-garmoniya.com.ua</t>
+          <t>https://teorema.com.ua/</t>
         </is>
       </c>
       <c r="T238" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Ляпіна Вікторія Василівна</t>
+          <t>Директор Свистунова Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y238" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЛІЦЕЙ ПРОФЕСІОНАЛ" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ШКОЛА "РАНОК" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B239" s="5" t="n">
-        <v>145968</v>
+        <v>148332</v>
       </c>
       <c r="C239" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>НВК "ЛІЦЕЙ ПРОФЕСІОНАЛ"</t>
+          <t>ШКОЛА "РАНОК"</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G239" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H239" s="6" t="inlineStr">
         <is>
-          <t>6310136600</t>
+          <t>6310136300</t>
         </is>
       </c>
       <c r="I239" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J239" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K239" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 22/24</t>
+          <t>провулок Фанінський, 2</t>
         </is>
       </c>
       <c r="L239" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010948820</t>
         </is>
       </c>
       <c r="M239" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N239" s="7"/>
       <c r="O239" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Шевченківського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P239" s="4" t="inlineStr">
         <is>
-          <t>(057)700-76-97</t>
+          <t>(050)4684946</t>
         </is>
       </c>
       <c r="Q239" s="4"/>
       <c r="R239" s="4" t="inlineStr">
         <is>
-          <t>liceyp@ukr.net</t>
+          <t>office@ranok-school.com</t>
         </is>
       </c>
       <c r="S239" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum-prof.at.ua</t>
+          <t>ranok-school.com</t>
         </is>
       </c>
       <c r="T239" s="4" t="inlineStr">
         <is>
-          <t>Директор Будко Оксана Володимирівна</t>
+          <t>Директор Свердліченко Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y239" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "СТАРТ-ШКОЛА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+          <t>Харківський приватний навчально-виховний комплекс "Гармонія" Харківської області</t>
         </is>
       </c>
       <c r="B240" s="5" t="n">
-        <v>145969</v>
+        <v>146798</v>
       </c>
       <c r="C240" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>НВК"СТАРТ-ШКОЛА"</t>
+          <t>НВК "Гармонія"</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G240" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H240" s="6" t="inlineStr">
         <is>
-          <t>6310136600</t>
+          <t>6310138500</t>
         </is>
       </c>
       <c r="I240" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J240" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K240" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 20</t>
+          <t>вулиця Рибалка, 16-А</t>
         </is>
       </c>
       <c r="L240" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010216514</t>
+          <t>UA63120270010423479</t>
         </is>
       </c>
       <c r="M240" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N240" s="7"/>
       <c r="O240" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+          <t>Управління освіти адміністрації Немишлянського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P240" s="4" t="inlineStr">
         <is>
-          <t>(057)706-32-88</t>
+          <t>(057)3921021</t>
         </is>
       </c>
       <c r="Q240" s="4"/>
       <c r="R240" s="4" t="inlineStr">
         <is>
-          <t>startschool1@ukr.net</t>
+          <t>garmoniya_2015@ukr.net</t>
         </is>
       </c>
       <c r="S240" s="4" t="inlineStr">
         <is>
-          <t>http://startschool_kharkov.klasna.com</t>
+          <t>http://uvk-garmoniya.com.ua</t>
         </is>
       </c>
       <c r="T240" s="4" t="inlineStr">
         <is>
-          <t>Директор Потягайло Лариса Іванівна</t>
+          <t>Генеральний директор Ляпіна Вікторія Василівна</t>
         </is>
       </c>
       <c r="U240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y240" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="4" t="inlineStr">
         <is>
-          <t>ХАРКІВСЬКИЙ РЕСПУБЛІКАНСЬКИЙ ЛІЦЕЙ-ІНТЕРНАТ СПОРТИВНОГО ПРОФІЛЮ</t>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЛІЦЕЙ ПРОФЕСІОНАЛ" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B241" s="5" t="n">
-        <v>149788</v>
+        <v>145968</v>
       </c>
       <c r="C241" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>ХРЛІСП</t>
+          <t>НВК "ЛІЦЕЙ ПРОФЕСІОНАЛ"</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G241" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H241" s="6" t="inlineStr">
         <is>
-          <t>6310138500</t>
+          <t>6310136600</t>
         </is>
       </c>
       <c r="I241" s="4" t="inlineStr">
         <is>
           <t>Харківська область</t>
         </is>
       </c>
       <c r="J241" s="4" t="inlineStr">
         <is>
           <t>Харків, Харківська область</t>
         </is>
       </c>
       <c r="K241" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Харкова, 246-А</t>
+          <t>вулиця Ярослава Мудрого, 22/24</t>
         </is>
       </c>
       <c r="L241" s="6" t="inlineStr">
         <is>
-          <t>UA63120270010423479</t>
+          <t>UA63120270010216514</t>
         </is>
       </c>
       <c r="M241" s="4" t="inlineStr">
         <is>
           <t>Харківська обл., м. Харків</t>
         </is>
       </c>
       <c r="N241" s="7"/>
       <c r="O241" s="4" t="inlineStr">
         <is>
-          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
         </is>
       </c>
       <c r="P241" s="4" t="inlineStr">
         <is>
-          <t>(057)2947635, (066)1392846</t>
+          <t>(057)700-76-97</t>
         </is>
       </c>
       <c r="Q241" s="4"/>
       <c r="R241" s="4" t="inlineStr">
         <is>
-          <t>hrlisp@internatkh.org.ua</t>
+          <t>liceyp@ukr.net</t>
         </is>
       </c>
       <c r="S241" s="4" t="inlineStr">
         <is>
-          <t>http://hrlisp.org.ua/</t>
+          <t>http://lyceum-prof.at.ua</t>
         </is>
       </c>
       <c r="T241" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Галашко Микола Іванович</t>
+          <t>Директор Будко Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X241" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y241" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="4" t="inlineStr">
+        <is>
+          <t>ХАРКІВСЬКИЙ ПРИВАТНИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "СТАРТ-ШКОЛА" ХАРКІВСЬКОЇ ОБЛАСТІ</t>
+        </is>
+      </c>
+      <c r="B242" s="5" t="n">
+        <v>145969</v>
+      </c>
+      <c r="C242" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>НВК"СТАРТ-ШКОЛА"</t>
+        </is>
+      </c>
+      <c r="E242" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>навчально-виховний комплекс (об'єднання)</t>
+        </is>
+      </c>
+      <c r="G242" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H242" s="6" t="inlineStr">
+        <is>
+          <t>6310136600</t>
+        </is>
+      </c>
+      <c r="I242" s="4" t="inlineStr">
+        <is>
+          <t>Харківська область</t>
+        </is>
+      </c>
+      <c r="J242" s="4" t="inlineStr">
+        <is>
+          <t>Харків, Харківська область</t>
+        </is>
+      </c>
+      <c r="K242" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Садова, 20</t>
+        </is>
+      </c>
+      <c r="L242" s="6" t="inlineStr">
+        <is>
+          <t>UA63120270010216514</t>
+        </is>
+      </c>
+      <c r="M242" s="4" t="inlineStr">
+        <is>
+          <t>Харківська обл., м. Харків</t>
+        </is>
+      </c>
+      <c r="N242" s="7"/>
+      <c r="O242" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти адміністрації Київського району Харківської міської ради</t>
+        </is>
+      </c>
+      <c r="P242" s="4" t="inlineStr">
+        <is>
+          <t>(057)706-32-88</t>
+        </is>
+      </c>
+      <c r="Q242" s="4"/>
+      <c r="R242" s="4" t="inlineStr">
+        <is>
+          <t>startschool1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S242" s="4" t="inlineStr">
+        <is>
+          <t>http://startschool_kharkov.klasna.com</t>
+        </is>
+      </c>
+      <c r="T242" s="4" t="inlineStr">
+        <is>
+          <t>Директор Потягайло Лариса Іванівна</t>
+        </is>
+      </c>
+      <c r="U242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y242" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="4" t="inlineStr">
+        <is>
+          <t>ХАРКІВСЬКИЙ РЕСПУБЛІКАНСЬКИЙ ЛІЦЕЙ-ІНТЕРНАТ СПОРТИВНОГО ПРОФІЛЮ</t>
+        </is>
+      </c>
+      <c r="B243" s="5" t="n">
+        <v>149788</v>
+      </c>
+      <c r="C243" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>ХРЛІСП</t>
+        </is>
+      </c>
+      <c r="E243" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>ліцей-інтернат</t>
+        </is>
+      </c>
+      <c r="G243" s="4" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="H243" s="6" t="inlineStr">
+        <is>
+          <t>6310138500</t>
+        </is>
+      </c>
+      <c r="I243" s="4" t="inlineStr">
+        <is>
+          <t>Харківська область</t>
+        </is>
+      </c>
+      <c r="J243" s="4" t="inlineStr">
+        <is>
+          <t>Харків, Харківська область</t>
+        </is>
+      </c>
+      <c r="K243" s="4" t="inlineStr">
+        <is>
+          <t>проспект Героїв Харкова, 246-А</t>
+        </is>
+      </c>
+      <c r="L243" s="6" t="inlineStr">
+        <is>
+          <t>UA63120270010423479</t>
+        </is>
+      </c>
+      <c r="M243" s="4" t="inlineStr">
+        <is>
+          <t>Харківська обл., м. Харків</t>
+        </is>
+      </c>
+      <c r="N243" s="7"/>
+      <c r="O243" s="4" t="inlineStr">
+        <is>
+          <t>Департамент науки і освіти Харківської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P243" s="4" t="inlineStr">
+        <is>
+          <t>(057)2947635, (066)1392846</t>
+        </is>
+      </c>
+      <c r="Q243" s="4"/>
+      <c r="R243" s="4" t="inlineStr">
+        <is>
+          <t>hrlisp@internatkh.org.ua</t>
+        </is>
+      </c>
+      <c r="S243" s="4" t="inlineStr">
+        <is>
+          <t>http://hrlisp.org.ua/</t>
+        </is>
+      </c>
+      <c r="T243" s="4" t="inlineStr">
+        <is>
+          <t>В.о. директора Галашко Микола Іванович</t>
+        </is>
+      </c>
+      <c r="U243" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V243" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W243" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X243" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="Y243" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y241"/>
+  <autoFilter ref="A1:Y243"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>