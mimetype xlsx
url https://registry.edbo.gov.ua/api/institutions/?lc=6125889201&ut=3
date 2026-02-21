--- v0 (2025-10-17)
+++ v1 (2026-02-21)
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA61020030130054765</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Кременецький р-н, с. Шкроботівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім`ї, молоді, спорту, культури і туризму Великодедеркальської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(098)4031355</t>
+          <t>(068)0107075</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>schkrobotivka_gymnasium@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Мисько Ольга Володимирівна</t>
+          <t>Завідувач філією Яцюк Оксана Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">