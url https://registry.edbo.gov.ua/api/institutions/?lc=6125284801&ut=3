--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с. Малий Ходачків</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Великобірківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)7692189</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>schoolmhodak@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://mal-hod.pp.ua</t>
+          <t>https://malokhodachkiv-gymnazia.acdmc.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Водяна Валентина Томівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>