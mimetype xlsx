--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с-ще Великі Бірки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Великобірківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)1523914</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>svbirky@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/vbirky.edu.te.ua/vb-lyceum-sb/</t>
+          <t>https://vbirky-lyceum.acdmc.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Чайка Світлана Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>