--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Ясенева, 62</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA61040430120064835</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с. Полупанівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Скалатської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(066)6552449</t>
+          <t>(096)6187729</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>polupanivska@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/polupanivskaschool/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Гавронська Ольга Ігорівна</t>
+          <t>В.о. директора Леськів Павло Зіновійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>