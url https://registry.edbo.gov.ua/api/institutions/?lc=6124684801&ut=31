--- v0 (2025-10-18)
+++ v1 (2026-02-14)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Новосілківський дошкільний навчальний заклад</t>
+          <t>Новосілківський дошкільний навчальний заклад Скалатської міської ради Тернопільського району Тернопільської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>169081</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Новосілківський ДНЗ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>