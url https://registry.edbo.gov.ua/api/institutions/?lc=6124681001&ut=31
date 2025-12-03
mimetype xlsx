--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -319,124 +319,136 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Галущинський дошкільний навчальний заклад</t>
+          <t>Галущинський дошкільний навчальний заклад Підволочиської селищної ради Тернопільської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>169071</v>
       </c>
-      <c r="C2" s="6"/>
+      <c r="C2" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Галущинський ДНЗ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6124681001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Галущинці, Підволочиський район, Тернопільська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Відродження, 36</t>
         </is>
       </c>
-      <c r="L2" s="6"/>
-      <c r="M2" s="4"/>
+      <c r="L2" s="6" t="inlineStr">
+        <is>
+          <t>UA61040350030073894</t>
+        </is>
+      </c>
+      <c r="M2" s="4" t="inlineStr">
+        <is>
+          <t>Тернопільська обл., Тернопільський р-н, с. Галущинці</t>
+        </is>
+      </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Підволочиської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(380)966966394</t>
+          <t>(097)2773579</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>kijko__maria@ukr.net</t>
+          <t>galushchynczi_dnz@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://dnzgalushchyntsi.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Серветник Орислава Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>