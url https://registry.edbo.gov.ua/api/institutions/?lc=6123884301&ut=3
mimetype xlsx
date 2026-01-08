--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA61020090220069727</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Кременецький р-н, с. Лопушне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Лановецької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03549)43740</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>dunser11@gmail.com</t>
+          <t>lopushnenskyzzso@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сапіжук Тетяна Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>