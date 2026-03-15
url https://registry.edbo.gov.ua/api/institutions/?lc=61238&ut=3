--- v0 (2025-12-29)
+++ v1 (2026-03-15)
@@ -1510,51 +1510,51 @@
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Кременецький р-н, с. Грибова</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Лановецької міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(03549)3-27-19</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>gribovazoch@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Якобчук Роксолана Тарасівна</t>
+          <t>Керівник Якобчук Роксолана Тарасівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">