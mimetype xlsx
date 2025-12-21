--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Шпиколоська гімназія Кременецької міської ради Тернопільської області</t>
+          <t>Шпиколоська початкова школа Кременецької міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>149777</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Шпиколоська гімназія</t>
+          <t>Шпиколоська початкова школа</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6123489401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Шпиколоси, Кременецький район, Тернопільська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 17</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури та спорту Кременецької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03546)55305</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shpykolosy17@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://shpykolosy-zzso.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Пташнюк Павло Олександрович</t>
+          <t>Директор Забрамська Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>