--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Кременецький р-н, с. Сапанів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури та спорту Кременецької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)4018105</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Sapanivscool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Антонюк Тетяна Георгіївна</t>
+          <t>Директор Янкевич Володимир Святославович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>