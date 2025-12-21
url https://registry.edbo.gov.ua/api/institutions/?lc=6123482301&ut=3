--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -405,51 +405,51 @@
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури та спорту Кременецької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03546)55140</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dunaivzosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Смаглюк Мирослава Борисівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">