--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Козівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)7005496</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zolotasloboda2017@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://zolotoslobidska-zosh-i-ii-st.webnode.com.ua/pro-nas/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Гуцал Уляна Михайлівна</t>
+          <t>Завідувач філією Данилюк Марія Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>