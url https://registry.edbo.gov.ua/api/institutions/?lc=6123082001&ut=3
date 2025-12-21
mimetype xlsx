--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA61040230110073323</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с. Глинна</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Козівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)1316981</t>
+          <t>(068)4795944</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>shkola-hlynna@ukr.net</t>
+          <t>shkola_hlynna@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://shkola-hlynna.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Дранчук Петро Дмитрович</t>
+          <t>Завідувач філією Лесів Галина Любомирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>