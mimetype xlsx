--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Великоплавучанський навчально-виховний комплекс "Загальноосвітній навчальний заклад І - ІІ ступенів - дошкільний навчальний заклад"</t>
+          <t>Початкова школа села Велика Плавуча Зборівської міської ради Тернопільського району Тернопільської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>149555</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Великоплавучанський НВК</t>
+          <t>ПШ с. Велика Плавуча</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6123080801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді і спорту, праці та соціального захисту населення Зборівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03547)27469, (068)6405913</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>plawutschanwk@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://plawutschanwk.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Турчин Степан Павлович</t>
+          <t>Керівник Глива Галина Ярославівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>