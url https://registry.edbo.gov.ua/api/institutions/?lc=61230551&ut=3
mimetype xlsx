--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -388,62 +388,62 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборна, 9</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA61040230010032058</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с-ще Козова</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Козівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(067)6999570</t>
+          <t>(097)1617252</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>school_1@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>www.sites.google.com/view/kozovaschool_1</t>
+          <t>https://sites.google.com/view/kozovaschool-1</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Максимів Микола Олегович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -501,62 +501,62 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Вітошинського О, 14</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA61040230010032058</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с-ще Козова</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Козівської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(097)1617252</t>
+          <t>(097)7005496</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>kosovaschool2@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>www.school2.ucoz.kz</t>
+          <t>https://kozova2.school.org.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Гуцал Уляна Михайлівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -614,67 +614,67 @@
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського, 5</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA61040230010032058</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с-ще Козова</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Козівської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(067)9185585</t>
+          <t>(097)5029394</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>gymnasium@ko.te.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>www.gimn-kozova.at.ua</t>
+          <t>https://gereta.ukr.education/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Куціль Федір Зіновійович</t>
+          <t>Директор Простяк Леся Миколаївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>