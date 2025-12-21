--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -319,249 +319,249 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Загальноосвітня школа I-III ступенів №2 м. Зборова Зборівського району Тернопільської області</t>
+          <t>Загальноосвітня школа І-ІІІ ступенів №1 м. Зборова Зборівської міської ради Тернопільського району Тернопільської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>145418</v>
+        <v>145421</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ст. №2 м. Зборова</t>
+          <t>ЗОШ І-ІІІ ст. № 1 м. Зборова</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6122610100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Зборів, Зборівський район, Тернопільська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 7</t>
+          <t>вулиця Гоголя, 12</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA61040170010060494</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, м. Зборів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді і спорту, праці та соціального захисту населення Зборівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03540)21637, (03540)21764</t>
+          <t>(03540)2-20-34, (03540)2-19-74</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>schoolzb2@gmail.com</t>
+          <t>schoolzb1@Gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://schoolzb.at.ua</t>
+          <t>http://school1mk.ucoz.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Галик Степан Деонізійович</t>
+          <t>Директор Переймибіда Ольга Ігорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Загальноосвітня школа І-ІІІ ступенів №1 м. Зборова Зборівського району Тернопільської області</t>
+          <t>Загальноосвітня школа І-ІІІ ступенів №2 м.Зборова Зборівської міської ради Тернопільського району Тернопільської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>145421</v>
+        <v>145418</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ст. № 1 м. Зборова</t>
+          <t>ЗОШ І-ІІІ ст. №2 м. Зборова</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6122610100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Зборів, Зборівський район, Тернопільська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 12</t>
+          <t>вулиця Богдана Хмельницького, 7</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA61040170010060494</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, м. Зборів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді і спорту, праці та соціального захисту населення Зборівської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(03540)2-20-34, (03540)2-19-74</t>
+          <t>(03540)21637, (03540)21764</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>schoolzb1@Gmail.com</t>
+          <t>schoolzb2@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://school1mk.ucoz.ua/</t>
+          <t>http://schoolzb.at.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Переймибіда Ольга Ігорівна</t>
+          <t>Директор Галик Степан Деонізійович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">