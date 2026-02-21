--- v0 (2025-12-21)
+++ v1 (2026-02-21)
@@ -367,51 +367,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6120488501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Тростянець, Бережанський район, Тернопільська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1</t>
+          <t>вулиця Шевченка, 67</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA61040410170030838</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, с. Тростянець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Саранчуківської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)4503895</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">