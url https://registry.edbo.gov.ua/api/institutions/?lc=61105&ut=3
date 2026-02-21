--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -432,168 +432,168 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Бережанський ліцей імені Віталія Скакуна Бережанської міської ради Тернопільської області</t>
+          <t>Бережанський ліцей імені Богдана Лепкого Тернопільської обласної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>146997</v>
+        <v>148965</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Бережанський ліцей імені Віталія Скакуна</t>
+          <t>Бережанський ліцей ім. Богдана Лепкого ТОР</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6110500000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Бережани, Тернопільська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 5</t>
+          <t>вулиця Руська, 13</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA61040030010016917</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, м. Бережани</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді і спорту Бережанської міської ради</t>
+          <t>Департамент освіти і науки Тернопільської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(03548)21545</t>
+          <t>(0354)82-10-18</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>skakyna@ukr.net</t>
+          <t>schooli@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://berezhany-school3.edukit.te.ua/</t>
+          <t>http://berezhany-internat.com.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Головацька Галина Львівна</t>
+          <t>Директор Старко Михайло Васильович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Бережанський ліцей імені Віталія Скакуна Бережанської міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>146998</v>
+        <v>146997</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Бережанський ліцей імені Віталія Скакуна</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -658,156 +658,156 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Бережанський ліцей Тернопільської обласної ради</t>
+          <t>Бережанський ліцей імені Віталія Скакуна Бережанської міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>148965</v>
+        <v>146998</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Бережанський ліцей Тернопільської обласної ради</t>
+          <t>Бережанський ліцей імені Віталія Скакуна</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>6110500000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Бережани, Тернопільська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Руська, 13</t>
+          <t>вулиця Садова, 5</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA61040030010016917</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Тернопільський р-н, м. Бережани</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Тернопільської обласної державної адміністрації</t>
+          <t>Відділ освіти, молоді і спорту Бережанської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(0354)82-10-18</t>
+          <t>(03548)21545</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>schooli@ukr.net</t>
+          <t>skakyna@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://berezhany-internat.com.ua</t>
+          <t>http://berezhany-school3.edukit.te.ua/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Старко Михайло Васильович</t>
+          <t>Директор Головацька Галина Львівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Тернопільська обл., Лісниківська загальноосвітня школа Іступеня, Бережанська міська рада</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>148914</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">