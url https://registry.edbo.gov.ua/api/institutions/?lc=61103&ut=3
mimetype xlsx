--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Білівський опорний заклад загальної середньої освіти І-ІІІ ступенів Чортківської міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>150674</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Білівський ОЗЗСО</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6110300000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Чортків, Тернопільська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Буракова, 34</t>
@@ -568,51 +568,51 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Росохацька гімназія Чортківської міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>151025</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Росохацька гімназія</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>6110300000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Чортків, Тернопільська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 4-А</t>
@@ -681,51 +681,51 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Скородинська філія з дошкільним відділенням Білівського опорного закладу загальної середньої освіти Чортківської міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>150671</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Скородинська філія Білівського ОЗЗСО</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>6110300000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Чортків, Тернопільська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Середня, 52</t>
@@ -794,51 +794,51 @@
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Чортківська гімназія №2 Чортківської міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>150733</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Чортківська гімназія №2</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>6110300000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Чортків, Тернопільська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Тараса Шевченка, 21 а</t>
@@ -1020,51 +1020,51 @@
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Чортківська гімназія №6 Чортківської міської ради Тернопільської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>150769</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Чортківська гімназія №6</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>6110300000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Чортків, Тернопільська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Залізнична, 10</t>
@@ -1195,51 +1195,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Чортківської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(03552)21615</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>gymchortkiv@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium1911.te.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Великоборець Наталія Ігорівна</t>
+          <t>Директор Файницька Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">