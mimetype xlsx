--- v0 (2025-10-21)
+++ v1 (2026-02-14)
@@ -3810,51 +3810,51 @@
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Тернопільської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>(0352)250969</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
           <t>school5tern@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
           <t>http://5.school-info.te.ua/</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Погоріла Оксана Іванівна</t>
+          <t>Т.в.о. директора Погоріла Оксана Іванівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">