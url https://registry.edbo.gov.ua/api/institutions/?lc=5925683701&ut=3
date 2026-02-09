--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Степне, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100190250086066</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Степне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05456)54238</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>stepne_nvk@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://stepne-nvk.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Шило Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>