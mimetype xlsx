--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Імшана, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100190110080018</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Імшана</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05456)21505</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>imshana_scool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://imshana.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Кожедуб Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>