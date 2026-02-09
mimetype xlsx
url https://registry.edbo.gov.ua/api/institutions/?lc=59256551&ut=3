--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Ямпіль, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Спасо-Преображенська, 58</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100190010090128</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Ямпіль</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05456)2-26-74</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>yampilska.shkola.002@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://www.yampil-school2.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Іллютченко Лариса Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Ямпіль, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 10</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA59100190010090128</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Ямпіль</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05456)22868</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>yampil.school1@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://yampil-school1.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Хочинова Лариса Федорівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>