--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -383,56 +383,56 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Дружба, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Козацька, 14</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100050010097062</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, м. Хутір-Михайлівський</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Дружбівської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Хутір-Михайлівської міської ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)9140308, (096)1562376</t>
+          <t>(096)1562376</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>drushbasad@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Лисиця Валентина Євгенівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">