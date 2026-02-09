--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -319,99 +319,99 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Хутір-Михайлівський заклад загальної середньої освіти I-IІI ступенів Дружбівської міської ради Шосткинського району Сумської області</t>
+          <t>Хутір-Михайлівський заклад загальної середньої освіти I-IІI ступенів Хутір-Михайлівської міської ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136806</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Хутір-Михайлівський ЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5925610300</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Дружба, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кожедуба Івана, 6</t>
+          <t>вулиця Івана Кожедуба, 6</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100050010097062</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, м. Хутір-Михайлівський</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Дружбівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05456)43404, (096)8538708</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">