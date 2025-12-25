--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Могрицька гімназія з дошкільним відділенням та початковою школою Юнаківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146478</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Могрицька гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5924784601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Могриця, Сумський район, Сумська область</t>