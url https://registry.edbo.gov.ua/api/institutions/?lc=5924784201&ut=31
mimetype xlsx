--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -337,85 +337,93 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Кровненський заклад дошкільної освіти "Пролісок" Миколаївської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>165369</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Кровненський заклад дошкільної освіти"Пролісок"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5924784201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кровне, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 91</t>
         </is>
       </c>
-      <c r="L2" s="6"/>
-      <c r="M2" s="4"/>
+      <c r="L2" s="6" t="inlineStr">
+        <is>
+          <t>UA59080150110041786</t>
+        </is>
+      </c>
+      <c r="M2" s="4" t="inlineStr">
+        <is>
+          <t>Сумська обл., Сумський р-н, с. Кровне</t>
+        </is>
+      </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)6610189</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>krovnednz@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://krovnednz.wixsite.com/krovne-prolicok</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Будакова Лідія Анатоліївна</t>