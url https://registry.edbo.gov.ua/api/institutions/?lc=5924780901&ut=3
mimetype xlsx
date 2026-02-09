--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5924780901</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Бездрик, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 37</t>
+          <t>вулиця Центральна, 37</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59080010010088745</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с. Бездрик</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Бездрицької сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)2511181</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">