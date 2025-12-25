--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "ПУТИВЛЬСЬКИЙ МИСТЕЦЬКИЙ ЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>149401</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Путивльська мистецький ліцей"</t>
+          <t>КЗ СОР Путивльська мистецький ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5923810100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Конотопський р-н, м. Путивль</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05442)54374</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>intern-putivl@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://www.internatputivl.com</t>
+          <t>https://artlyceumputivl.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Семененко Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>