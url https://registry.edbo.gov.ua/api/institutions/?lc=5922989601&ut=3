--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -394,81 +394,81 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59080111170015117</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с. Штепівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)3310384, (050)6234540</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>42334205@mail.gov.ua</t>
+          <t>42334205nrc@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>rrc.schtepivka.at.ua</t>
+          <t>https://schtepivkanrc.sumy.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Харченко Віктор Павлович</t>
+          <t>Директор Харченко Віктор Павлович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Штепівська гімназія з дошкільним відділенням та початковою школою Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>139294</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Штепівська гімназія з дошкільним відділенням та початковою школою</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05445)31-240</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>shtepivka_nvk@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://shtepivka.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Кайдаш Валентина Никифорівна</t>
+          <t>Директор Кайдаш Олексій Дмитрович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>