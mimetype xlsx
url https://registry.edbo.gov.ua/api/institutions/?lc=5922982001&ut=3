--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Великовисторопська гімназія з дошкільним відділенням та початковою школою Лебединської міської ради Сумської області</t>
+          <t>Великовисторопська філія Ворожбянського закладу загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139317</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Великовисторопська гімназія з дошкільним відділенням та початковою школою</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05445)37240</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bbnbk@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://vvystorop.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Іващенко Сергій Вікторович</t>
+          <t>Завідувач філією Колісник Віталіна Сергіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>