--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Кошарівський заклад загальної середньої освіти І-ІІІ ступенів Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Кошарівська філія Юрівського закладу загальної середньої освіти І-ІІІ ступенів Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137368</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Кошарівський ЗЗСО І-ІІІ ст.</t>
+          <t>Кошарівська філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5922084501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кошари, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 14</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)26-45-583</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>32888693@mail.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/kosharynvk</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Саморядова Любов Олександрівна</t>
+          <t>Завідувач Саморядова Любов Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>