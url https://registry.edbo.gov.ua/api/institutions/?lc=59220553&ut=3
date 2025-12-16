--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59020050010064541</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Конотопський р-н, с-ще Дубов’язівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Дубов'язівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05447)52-3-94</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>32888740@mail.gov.ua</t>
+          <t>dubovazivskijlicej@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Савченко Алла Валеріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>